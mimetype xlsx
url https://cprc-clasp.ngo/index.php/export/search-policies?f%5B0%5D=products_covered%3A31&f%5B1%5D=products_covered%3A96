--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -852,69 +852,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
     <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
@@ -3677,51 +3677,51 @@
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>270</v>
       </c>
       <c r="B43" t="s">
         <v>271</v>
       </c>
       <c r="C43" t="s">
         <v>272</v>
       </c>
       <c r="D43" t="s">
         <v>273</v>
       </c>
       <c r="E43" t="s">
         <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>52</v>
       </c>
       <c r="G43" t="s">
         <v>53</v>
       </c>
       <c r="H43">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>274</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>275</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
         <v>276</v>
       </c>
       <c r="P43" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>278</v>