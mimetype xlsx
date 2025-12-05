--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,572 +12,741 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -841,1279 +1010,1446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="183.955" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
+        <v>111</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>132</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>111</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>112</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>111</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>37</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>37</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>45</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>46</v>
+      </c>
+      <c r="N24" t="s">
+        <v>37</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>174</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>185</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>175</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>191</v>
+      </c>
+      <c r="E26" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" t="s">
+        <v>111</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>192</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>200</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>111</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>201</v>
+      </c>
+      <c r="K27" t="s">
+        <v>202</v>
+      </c>
+      <c r="L27" t="s">
+        <v>203</v>
+      </c>
+      <c r="M27" t="s">
+        <v>204</v>
+      </c>
+      <c r="N27" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...29 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" t="s">
+        <v>81</v>
+      </c>
+      <c r="F28" t="s">
         <v>33</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>210</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
         <v>37</v>
       </c>
-      <c r="G4">
-[...1017 lines deleted...]
-        <v>160</v>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>