--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -2323,54 +2323,54 @@
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>179</v>
       </c>
       <c r="B26" t="s">
         <v>180</v>
       </c>
       <c r="C26" t="s">
         <v>181</v>
       </c>
       <c r="D26" t="s">
         <v>182</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
-      <c r="H26">
+      <c r="H26"/>
+      <c r="I26">
         <v>2024</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
         <v>183</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>184</v>
       </c>
       <c r="N26" t="s">
         <v>38</v>
       </c>
       <c r="O26" t="s">
         <v>185</v>
       </c>
       <c r="P26" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>187</v>
       </c>
       <c r="B27" t="s">