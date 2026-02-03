--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1625,54 +1625,54 @@
         <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>111</v>
       </c>
       <c r="B16" t="s">
         <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>113</v>
       </c>
       <c r="D16" t="s">
         <v>114</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
-      <c r="H16">
+      <c r="H16"/>
+      <c r="I16">
         <v>2024</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
         <v>115</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>116</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
         <v>117</v>
       </c>
       <c r="P16" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>119</v>
       </c>
       <c r="B17" t="s">