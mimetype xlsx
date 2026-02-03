--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,446 +12,570 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -715,915 +839,1030 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="K3"/>
-[...141 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
-        <v>51</v>
+      <c r="I7">
+        <v>2011</v>
       </c>
       <c r="J7" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8">
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
         <v>2018</v>
       </c>
-      <c r="H8"/>
-[...16 lines deleted...]
-        <v>58</v>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...22 lines deleted...]
-      <c r="I9" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>120</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>121</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>124</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
         <v>61</v>
       </c>
-      <c r="J9" t="s">
-[...3 lines deleted...]
-      <c r="L9" t="s">
+      <c r="E16" t="s">
         <v>62</v>
       </c>
-      <c r="M9" t="s">
-[...2 lines deleted...]
-      <c r="N9" t="s">
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>144</v>
+      </c>
+      <c r="D18" t="s">
+        <v>145</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
         <v>63</v>
       </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
     </row>
-    <row r="10" spans="1:14">
-[...62 lines deleted...]
-      <c r="G11">
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>151</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H11">
-[...288 lines deleted...]
-      <c r="C18" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>111</v>
       </c>
-      <c r="D18" t="s">
-[...59 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
-        <v>118</v>
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>