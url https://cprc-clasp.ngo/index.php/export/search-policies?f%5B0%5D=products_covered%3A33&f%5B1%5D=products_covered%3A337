--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,844 +12,1153 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1113,2223 +1422,2522 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...75 lines deleted...]
-      <c r="H4">
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...56 lines deleted...]
-      <c r="G6">
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="H6"/>
-[...6 lines deleted...]
-      <c r="K6" t="s">
+      <c r="J18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>123</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
         <v>52</v>
       </c>
-      <c r="L6" t="s">
-[...274 lines deleted...]
-      <c r="E13" t="s">
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
         <v>82</v>
       </c>
-      <c r="F13" t="s">
-[...257 lines deleted...]
-        <v>2011</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
-      <c r="I19" t="s">
-        <v>51</v>
+      <c r="I19">
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>123</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>123</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>107</v>
       </c>
-      <c r="L19" t="s">
-[...16 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G22" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>83</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
         <v>106</v>
       </c>
-      <c r="D20" t="s">
-[...5 lines deleted...]
-      <c r="F20" t="s">
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>116</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>169</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
+        <v>176</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>177</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>178</v>
+      </c>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>168</v>
+      </c>
+      <c r="K25" t="s">
         <v>45</v>
       </c>
-      <c r="G20">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>186</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
+        <v>190</v>
+      </c>
+      <c r="C26" t="s">
+        <v>191</v>
+      </c>
+      <c r="D26" t="s">
+        <v>142</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>62</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>198</v>
+      </c>
+      <c r="D27" t="s">
+        <v>142</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
         <v>2018</v>
       </c>
-      <c r="H20"/>
-[...72 lines deleted...]
-      <c r="E22" t="s">
+      <c r="J27" t="s">
+        <v>62</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>198</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
         <v>82</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22">
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>62</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" t="s">
+        <v>198</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>82</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2001</v>
+      </c>
+      <c r="I29">
+        <v>2018</v>
+      </c>
+      <c r="J29" t="s">
+        <v>62</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>198</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>82</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1995</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>62</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>219</v>
+      </c>
+      <c r="D31" t="s">
+        <v>161</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
         <v>2017</v>
       </c>
-      <c r="H22"/>
-[...82 lines deleted...]
-      <c r="I24" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>83</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>162</v>
+      </c>
+      <c r="M31" t="s">
+        <v>220</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>223</v>
+      </c>
+      <c r="B32" t="s">
         <v>132</v>
       </c>
-      <c r="J24" t="s">
-[...325 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
-      <c r="I32" t="s">
+      <c r="I32">
+        <v>2008</v>
+      </c>
+      <c r="J32" t="s">
+        <v>62</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>75</v>
+      </c>
+      <c r="M32" t="s">
+        <v>57</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
         <v>51</v>
       </c>
-      <c r="J32" t="s">
-[...8 lines deleted...]
-      <c r="M32" t="s">
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>55</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>56</v>
+      </c>
+      <c r="M33" t="s">
+        <v>227</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>232</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>233</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>234</v>
+      </c>
+      <c r="M34" t="s">
+        <v>235</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>240</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" t="s">
+        <v>241</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>242</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>243</v>
+      </c>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>249</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>250</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>240</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>241</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>242</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>256</v>
+      </c>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>259</v>
+      </c>
+      <c r="B38" t="s">
+        <v>260</v>
+      </c>
+      <c r="C38" t="s">
+        <v>219</v>
+      </c>
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>43</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>261</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>220</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>263</v>
+      </c>
+      <c r="B39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C39" t="s">
+        <v>265</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>107</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39">
+        <v>2025</v>
+      </c>
+      <c r="J39" t="s">
+        <v>266</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>267</v>
+      </c>
+      <c r="M39" t="s">
+        <v>268</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" t="s">
+        <v>273</v>
+      </c>
+      <c r="D40" t="s">
+        <v>274</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>107</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>275</v>
+      </c>
+      <c r="K40" t="s">
+        <v>276</v>
+      </c>
+      <c r="L40" t="s">
+        <v>277</v>
+      </c>
+      <c r="M40" t="s">
+        <v>278</v>
+      </c>
+      <c r="N40" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>279</v>
+      </c>
+      <c r="P40" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>281</v>
+      </c>
+      <c r="B41" t="s">
+        <v>282</v>
+      </c>
+      <c r="C41" t="s">
+        <v>283</v>
+      </c>
+      <c r="D41" t="s">
+        <v>106</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>107</v>
+      </c>
+      <c r="G41" t="s">
+        <v>116</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>233</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>108</v>
+      </c>
+      <c r="M41" t="s">
+        <v>284</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>285</v>
+      </c>
+      <c r="P41" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>287</v>
+      </c>
+      <c r="B42" t="s">
+        <v>288</v>
+      </c>
+      <c r="C42" t="s">
+        <v>289</v>
+      </c>
+      <c r="D42" t="s">
+        <v>290</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>291</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1982</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>292</v>
+      </c>
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N32" t="s">
-[...7 lines deleted...]
-      <c r="B33" t="s">
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>293</v>
+      </c>
+      <c r="N42" t="s">
+        <v>294</v>
+      </c>
+      <c r="O42" t="s">
+        <v>295</v>
+      </c>
+      <c r="P42" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>297</v>
+      </c>
+      <c r="B43" t="s">
+        <v>298</v>
+      </c>
+      <c r="C43" t="s">
+        <v>299</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
         <v>43</v>
       </c>
-      <c r="C33" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2016</v>
+      </c>
+      <c r="J43" t="s">
         <v>44</v>
       </c>
-      <c r="D33" t="s">
-[...32 lines deleted...]
-      <c r="A34" t="s">
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>300</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>301</v>
+      </c>
+      <c r="P43" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>303</v>
+      </c>
+      <c r="B44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" t="s">
+        <v>305</v>
+      </c>
+      <c r="D44" t="s">
+        <v>81</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>107</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>83</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>306</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>307</v>
+      </c>
+      <c r="P44" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>309</v>
+      </c>
+      <c r="B45" t="s">
+        <v>310</v>
+      </c>
+      <c r="C45" t="s">
+        <v>311</v>
+      </c>
+      <c r="D45" t="s">
+        <v>312</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>44</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>313</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
+        <v>317</v>
+      </c>
+      <c r="C46" t="s">
+        <v>318</v>
+      </c>
+      <c r="D46" t="s">
+        <v>81</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>107</v>
+      </c>
+      <c r="G46" t="s">
+        <v>54</v>
+      </c>
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
         <v>168</v>
       </c>
-      <c r="B34" t="s">
-[...56 lines deleted...]
-      <c r="G35">
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>319</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>320</v>
+      </c>
+      <c r="P46" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" t="s">
+        <v>323</v>
+      </c>
+      <c r="C47" t="s">
+        <v>265</v>
+      </c>
+      <c r="D47" t="s">
+        <v>324</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>107</v>
+      </c>
+      <c r="G47" t="s">
+        <v>325</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2007</v>
+      </c>
+      <c r="J47" t="s">
+        <v>242</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>326</v>
+      </c>
+      <c r="M47" t="s">
+        <v>268</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>327</v>
+      </c>
+      <c r="P47" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>329</v>
+      </c>
+      <c r="B48" t="s">
+        <v>330</v>
+      </c>
+      <c r="C48" t="s">
+        <v>331</v>
+      </c>
+      <c r="D48" t="s">
+        <v>142</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
         <v>2021</v>
       </c>
-      <c r="H35"/>
-[...6 lines deleted...]
-      <c r="K35" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>242</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>332</v>
+      </c>
+      <c r="M48" t="s">
+        <v>333</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>334</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>335</v>
+      </c>
+      <c r="B49" t="s">
+        <v>336</v>
+      </c>
+      <c r="C49" t="s">
+        <v>337</v>
+      </c>
+      <c r="D49" t="s">
+        <v>106</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>107</v>
+      </c>
+      <c r="G49" t="s">
+        <v>54</v>
+      </c>
+      <c r="H49">
+        <v>2016</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
         <v>177</v>
       </c>
-      <c r="L35" t="s">
-[...364 lines deleted...]
-      <c r="G44">
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>108</v>
+      </c>
+      <c r="M49" t="s">
+        <v>338</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>339</v>
+      </c>
+      <c r="P49" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>341</v>
+      </c>
+      <c r="B50" t="s">
+        <v>342</v>
+      </c>
+      <c r="C50" t="s">
+        <v>343</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>107</v>
+      </c>
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50">
         <v>2019</v>
       </c>
-      <c r="H44"/>
-[...252 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N50" t="s">
-        <v>250</v>
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>345</v>
+      </c>
+      <c r="P50" t="s">
+        <v>346</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>