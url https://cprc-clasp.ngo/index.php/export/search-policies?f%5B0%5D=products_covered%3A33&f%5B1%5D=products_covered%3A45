--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,424 +12,548 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
+  </si>
+  <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -693,909 +817,1024 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="681.834" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...156 lines deleted...]
-      </c>
       <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
-      <c r="I6" t="s">
-        <v>42</v>
+      <c r="I6">
+        <v>2011</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>45</v>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...9 lines deleted...]
-      <c r="D7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
-[...2 lines deleted...]
-      <c r="F7" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>122</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>125</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
         <v>2018</v>
       </c>
-      <c r="H7"/>
-[...12 lines deleted...]
-      <c r="M7" t="s">
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>49</v>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
         <v>50</v>
       </c>
-      <c r="B8" t="s">
-[...26 lines deleted...]
-      <c r="K8" t="s">
+      <c r="E19" t="s">
         <v>51</v>
       </c>
-      <c r="L8" t="s">
-[...2 lines deleted...]
-      <c r="M8" t="s">
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...391 lines deleted...]
-      <c r="B18" t="s">
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="C18" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>