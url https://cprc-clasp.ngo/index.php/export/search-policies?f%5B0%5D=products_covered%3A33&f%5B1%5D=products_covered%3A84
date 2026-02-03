--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,435 +12,565 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
+  </si>
+  <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -704,871 +834,980 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H2">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...10 lines deleted...]
-      <c r="N2" t="s">
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...81 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
-      </c>
-[...16 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
-      <c r="I5" t="s">
-        <v>35</v>
+      <c r="I5">
+        <v>2011</v>
       </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>99</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G13" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>110</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>106</v>
+      </c>
+      <c r="G14" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>118</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>110</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>61</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>125</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>60</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D17" t="s">
+        <v>86</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>110</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-[...61 lines deleted...]
-      <c r="F7" t="s">
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
         <v>25</v>
       </c>
-      <c r="G7">
-[...490 lines deleted...]
-      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>