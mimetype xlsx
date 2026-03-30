--- v1 (2026-02-03)
+++ v2 (2026-03-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -96,94 +96,123 @@
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
 This Policy is under review with research underway by the UK government.</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 617/2013 of 26 June 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for computers and computer servers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers.
+This Regulation shall apply to the following products that can be powered directly from the mains alternating current (AC) including via an external or internal power supply:
+(a) desktop computers;
+(b) integrated desktop computers;
+(c) notebook computers (including tablet computers, slate computers and mobile thin clients);
+(d) desktop thin clients;
+(e) workstations;
+(f) mobile workstations;
+(g) small-scale servers.</t>
+  </si>
+  <si>
+    <t>March 2026</t>
+  </si>
+  <si>
+    <t>EN 62623:2013</t>
+  </si>
+  <si>
+    <t>European Commission, DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6172013-26-june-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0617-20200301</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
     <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
   </si>
   <si>
     <t>China</t>
-  </si>
-[...1 lines deleted...]
-    <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
   </si>
   <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
@@ -834,59 +863,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="246.511" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -964,815 +993,863 @@
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H3">
         <v>2014</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
-      <c r="M3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3"/>
       <c r="N3" t="s">
         <v>25</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
-      <c r="M4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
       <c r="N4" t="s">
         <v>25</v>
       </c>
       <c r="O4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>25</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
         <v>49</v>
       </c>
-      <c r="B6" t="s">
+      <c r="F6" t="s">
         <v>50</v>
       </c>
-      <c r="C6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
       <c r="J6" t="s">
         <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>52</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
         <v>64</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>65</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>66</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H8">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
       <c r="J8" t="s">
         <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>25</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>80</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I10">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J10" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="H11">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I11">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>25</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
         <v>97</v>
       </c>
-      <c r="M12" t="s">
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
         <v>98</v>
       </c>
-      <c r="N12" t="s">
+      <c r="P12" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
         <v>102</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>106</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="G14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H14">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="I14">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
         <v>117</v>
       </c>
-      <c r="K14" t="s">
+      <c r="O14" t="s">
         <v>118</v>
       </c>
-      <c r="L14" t="s">
+      <c r="P14" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="G15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
         <v>125</v>
       </c>
-      <c r="H15">
-[...9 lines deleted...]
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
       <c r="M15" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="N16" t="s">
         <v>25</v>
       </c>
       <c r="O16" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="H17">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>137</v>
+        <v>68</v>
       </c>
       <c r="N17" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="O17" t="s">
         <v>138</v>
       </c>
       <c r="P17" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>140</v>
       </c>
       <c r="B18" t="s">
         <v>141</v>
       </c>
       <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>29</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
         <v>142</v>
-      </c>
-[...17 lines deleted...]
-        <v>143</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
         <v>144</v>
       </c>
-      <c r="M18" t="s">
+      <c r="N18" t="s">
+        <v>117</v>
+      </c>
+      <c r="O18" t="s">
         <v>145</v>
       </c>
-      <c r="N18" t="s">
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" t="s">
+        <v>49</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
         <v>25</v>
       </c>
-      <c r="O18" t="s">
-[...2 lines deleted...]
-      <c r="P18"/>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>