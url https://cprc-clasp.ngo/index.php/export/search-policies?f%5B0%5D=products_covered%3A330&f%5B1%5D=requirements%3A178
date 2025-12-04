--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,774 +12,1021 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/honduras</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1043,2039 +1290,2318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1999</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1999</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>107</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...43 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>76</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>68</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>134</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1987</v>
+      </c>
+      <c r="I16">
+        <v>1988</v>
+      </c>
+      <c r="J16" t="s">
+        <v>60</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>135</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>138</v>
+      </c>
+      <c r="B17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1998</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>146</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G19" t="s">
+        <v>76</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>68</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>134</v>
+      </c>
+      <c r="G20" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...55 lines deleted...]
-      <c r="H5">
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>160</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>134</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>170</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>134</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>160</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>171</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
+        <v>105</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>134</v>
+      </c>
+      <c r="G25" t="s">
+        <v>76</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>106</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>108</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>180</v>
+      </c>
+      <c r="G26" t="s">
+        <v>76</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>181</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>182</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>133</v>
+      </c>
+      <c r="D27" t="s">
+        <v>187</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>76</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" t="s">
+        <v>107</v>
+      </c>
+      <c r="L27" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" t="s">
+        <v>189</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>194</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>195</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
+        <v>114</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" t="s">
+        <v>76</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>203</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>204</v>
+      </c>
+      <c r="P29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>206</v>
+      </c>
+      <c r="B30" t="s">
+        <v>207</v>
+      </c>
+      <c r="C30" t="s">
+        <v>208</v>
+      </c>
+      <c r="D30" t="s">
+        <v>114</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>53</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1993</v>
+      </c>
+      <c r="I30">
         <v>2016</v>
       </c>
-      <c r="I5" t="s">
-[...63 lines deleted...]
-      <c r="A7" t="s">
+      <c r="J30" t="s">
+        <v>209</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>210</v>
+      </c>
+      <c r="M30" t="s">
+        <v>211</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" t="s">
         <v>52</v>
       </c>
-      <c r="B7" t="s">
-[...39 lines deleted...]
-      <c r="B8" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>134</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1996</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
         <v>60</v>
       </c>
-      <c r="C8" t="s">
-[...38 lines deleted...]
-      <c r="B9" t="s">
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>77</v>
+      </c>
+      <c r="M31" t="s">
+        <v>78</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>134</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
+        <v>2011</v>
+      </c>
+      <c r="J32" t="s">
         <v>60</v>
       </c>
-      <c r="C9" t="s">
-[...11 lines deleted...]
-      <c r="G9">
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>77</v>
+      </c>
+      <c r="M32" t="s">
+        <v>78</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>222</v>
+      </c>
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>223</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>224</v>
+      </c>
+      <c r="M33" t="s">
+        <v>225</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>226</v>
+      </c>
+      <c r="P33" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B34" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" t="s">
+        <v>230</v>
+      </c>
+      <c r="D34" t="s">
+        <v>231</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>232</v>
+      </c>
+      <c r="K34" t="s">
+        <v>107</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>233</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>234</v>
+      </c>
+      <c r="P34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>239</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>76</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>202</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>240</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" t="s">
+        <v>52</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2010</v>
       </c>
-      <c r="H9">
-[...69 lines deleted...]
-      <c r="B11" t="s">
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>60</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>78</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
         <v>75</v>
       </c>
-      <c r="C11" t="s">
-[...330 lines deleted...]
-      <c r="N18" t="s">
+      <c r="D37" t="s">
         <v>114</v>
       </c>
-    </row>
-[...744 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
-      <c r="I37" t="s">
-        <v>49</v>
+      <c r="I37">
+        <v>2010</v>
       </c>
       <c r="J37" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="K37" t="s">
-        <v>186</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>63</v>
+        <v>249</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N37" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>188</v>
+        <v>252</v>
       </c>
       <c r="B38" t="s">
-        <v>189</v>
+        <v>253</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
+        <v>254</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E38" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>53</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2000</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2020</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="K38" t="s">
-        <v>190</v>
+        <v>37</v>
       </c>
       <c r="L38" t="s">
-        <v>191</v>
+        <v>255</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N38" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>193</v>
+        <v>259</v>
       </c>
       <c r="B39" t="s">
-        <v>189</v>
+        <v>260</v>
       </c>
       <c r="C39" t="s">
-        <v>194</v>
+        <v>254</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>53</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2001</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2015</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="K39" t="s">
-        <v>195</v>
+        <v>37</v>
       </c>
       <c r="L39" t="s">
-        <v>191</v>
+        <v>262</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N39" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>263</v>
+      </c>
+      <c r="P39" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>197</v>
+        <v>265</v>
       </c>
       <c r="B40" t="s">
-        <v>198</v>
+        <v>266</v>
       </c>
       <c r="C40" t="s">
-        <v>43</v>
+        <v>267</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E40" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>53</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>168</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
       <c r="N40" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>269</v>
+      </c>
+      <c r="P40" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>201</v>
+        <v>271</v>
       </c>
       <c r="B41" t="s">
-        <v>136</v>
+        <v>272</v>
       </c>
       <c r="C41" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E41" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>53</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2002</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2021</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>32</v>
+        <v>195</v>
       </c>
       <c r="K41" t="s">
-        <v>202</v>
+        <v>37</v>
       </c>
       <c r="L41" t="s">
-        <v>203</v>
+        <v>273</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>274</v>
       </c>
       <c r="N41" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>275</v>
+      </c>
+      <c r="P41" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>205</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>136</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>1995</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2019</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
       <c r="K42" t="s">
-        <v>207</v>
+        <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>208</v>
+        <v>280</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N42" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>282</v>
+      </c>
+      <c r="P42" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>210</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>211</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>90</v>
+        <v>286</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2002</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2021</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
       <c r="K43" t="s">
-        <v>212</v>
+        <v>37</v>
       </c>
       <c r="L43" t="s">
-        <v>213</v>
+        <v>287</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="N43" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>215</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
-        <v>211</v>
+        <v>292</v>
       </c>
       <c r="C44" t="s">
-        <v>90</v>
+        <v>286</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E44" t="s">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>134</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2011</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2021</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
       <c r="K44" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>213</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="N44" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>294</v>
+      </c>
+      <c r="P44" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>218</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
-        <v>54</v>
+        <v>298</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>76</v>
+      </c>
+      <c r="H45">
         <v>2016</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="K45" t="s">
-        <v>169</v>
+        <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>299</v>
       </c>
       <c r="N45" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>222</v>
+        <v>302</v>
       </c>
       <c r="B46" t="s">
-        <v>223</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
-        <v>90</v>
+        <v>304</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2008</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2011</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="K46" t="s">
-        <v>224</v>
+        <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>225</v>
+        <v>305</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>306</v>
       </c>
       <c r="N46" t="s">
-        <v>226</v>
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>307</v>
+      </c>
+      <c r="P46" t="s">
+        <v>308</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>