--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -708,115 +708,112 @@
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
     <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
@@ -1212,50 +1209,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1939,51 +1939,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3419,1257 +3419,1259 @@
       </c>
       <c r="P30" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>222</v>
       </c>
       <c r="B31" t="s">
         <v>223</v>
       </c>
       <c r="C31" t="s">
         <v>51</v>
       </c>
       <c r="D31" t="s">
         <v>224</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>225</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>108</v>
+        <v>226</v>
       </c>
       <c r="K31" t="s">
         <v>101</v>
       </c>
       <c r="L31" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="M31" t="s">
         <v>54</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="P31" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B32" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C32" t="s">
-        <v>230</v>
+        <v>51</v>
       </c>
       <c r="D32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E32" t="s">
         <v>99</v>
       </c>
       <c r="F32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G32" t="s">
-        <v>233</v>
+        <v>8</v>
       </c>
       <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
         <v>2024</v>
       </c>
-      <c r="I32"/>
       <c r="J32" t="s">
         <v>234</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>235</v>
       </c>
       <c r="N32" t="s">
         <v>236</v>
       </c>
       <c r="O32" t="s">
         <v>237</v>
       </c>
       <c r="P32" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>239</v>
       </c>
       <c r="B33" t="s">
         <v>240</v>
       </c>
       <c r="C33" t="s">
         <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>241</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>8</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
+        <v>242</v>
+      </c>
+      <c r="N33" t="s">
         <v>243</v>
       </c>
-      <c r="N33" t="s">
+      <c r="O33" t="s">
         <v>244</v>
       </c>
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>246</v>
+      </c>
+      <c r="B34" t="s">
         <v>247</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>99</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>1984</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>166</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34" t="s">
+        <v>249</v>
+      </c>
+      <c r="M34" t="s">
         <v>250</v>
       </c>
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>251</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>253</v>
+      </c>
+      <c r="B35" t="s">
         <v>254</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D35" t="s">
         <v>65</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>157</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1989</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
         <v>184</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
+        <v>256</v>
+      </c>
+      <c r="M35" t="s">
         <v>257</v>
       </c>
-      <c r="M35" t="s">
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
         <v>258</v>
       </c>
-      <c r="N35" t="s">
-[...2 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>260</v>
+      </c>
+      <c r="B36" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C36" t="s">
         <v>165</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>99</v>
       </c>
       <c r="F36" t="s">
         <v>100</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
         <v>2011</v>
       </c>
       <c r="J36" t="s">
         <v>166</v>
       </c>
       <c r="K36" t="s">
         <v>101</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>168</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>263</v>
+      </c>
+      <c r="B37" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C37" t="s">
         <v>165</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>99</v>
       </c>
       <c r="F37" t="s">
         <v>100</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>166</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
+        <v>265</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
         <v>266</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>268</v>
+      </c>
+      <c r="B38" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C38" t="s">
         <v>165</v>
       </c>
       <c r="D38" t="s">
         <v>65</v>
       </c>
       <c r="E38" t="s">
         <v>99</v>
       </c>
       <c r="F38" t="s">
         <v>100</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2001</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>166</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>168</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>272</v>
+      </c>
+      <c r="B39" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C39" t="s">
         <v>165</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>99</v>
       </c>
       <c r="F39" t="s">
         <v>100</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2011</v>
       </c>
       <c r="J39" t="s">
         <v>166</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39" t="s">
+        <v>274</v>
+      </c>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>275</v>
       </c>
-      <c r="M39" t="s">
-[...5 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>277</v>
+      </c>
+      <c r="B40" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C40" t="s">
         <v>183</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>99</v>
       </c>
       <c r="F40" t="s">
         <v>44</v>
       </c>
       <c r="G40" t="s">
         <v>34</v>
       </c>
       <c r="H40">
         <v>2022</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
+        <v>280</v>
+      </c>
+      <c r="M40" t="s">
         <v>281</v>
       </c>
-      <c r="M40" t="s">
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
         <v>282</v>
       </c>
-      <c r="N40" t="s">
-[...2 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>284</v>
+      </c>
+      <c r="B41" t="s">
         <v>285</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D41" t="s">
         <v>84</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1996</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
         <v>213</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
+        <v>287</v>
+      </c>
+      <c r="M41" t="s">
         <v>288</v>
       </c>
-      <c r="M41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>289</v>
       </c>
-      <c r="N41" t="s">
-[...2 lines deleted...]
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>291</v>
+      </c>
+      <c r="B42" t="s">
         <v>292</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="D42" t="s">
         <v>84</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>44</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>1996</v>
       </c>
       <c r="I42">
         <v>2017</v>
       </c>
       <c r="J42" t="s">
         <v>213</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
+        <v>293</v>
+      </c>
+      <c r="P42" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>295</v>
+      </c>
+      <c r="B43" t="s">
         <v>296</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="K43" t="s">
         <v>101</v>
       </c>
       <c r="L43" t="s">
+        <v>299</v>
+      </c>
+      <c r="M43" t="s">
         <v>300</v>
       </c>
-      <c r="M43" t="s">
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>301</v>
       </c>
-      <c r="N43" t="s">
-[...2 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>303</v>
+      </c>
+      <c r="B44" t="s">
         <v>304</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="D44" t="s">
         <v>65</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>44</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2013</v>
       </c>
       <c r="J44" t="s">
         <v>108</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
+        <v>306</v>
+      </c>
+      <c r="M44" t="s">
         <v>307</v>
       </c>
-      <c r="M44" t="s">
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>308</v>
       </c>
-      <c r="N44" t="s">
-[...2 lines deleted...]
-      <c r="O44" t="s">
+      <c r="P44" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>310</v>
+      </c>
+      <c r="B45" t="s">
+        <v>310</v>
+      </c>
+      <c r="C45" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D45" t="s">
         <v>65</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>44</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45">
         <v>1990</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>166</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
+        <v>312</v>
+      </c>
+      <c r="M45" t="s">
         <v>313</v>
       </c>
-      <c r="M45" t="s">
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
         <v>314</v>
       </c>
-      <c r="N45" t="s">
-[...2 lines deleted...]
-      <c r="O45" t="s">
+      <c r="P45" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
         <v>317</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>318</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>157</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2008</v>
       </c>
       <c r="I46">
         <v>2020</v>
       </c>
       <c r="J46" t="s">
         <v>45</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46" t="s">
+        <v>320</v>
+      </c>
+      <c r="M46" t="s">
         <v>321</v>
       </c>
-      <c r="M46" t="s">
+      <c r="N46" t="s">
         <v>322</v>
       </c>
-      <c r="N46" t="s">
+      <c r="O46" t="s">
         <v>323</v>
       </c>
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>325</v>
+      </c>
+      <c r="B47" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C47" t="s">
         <v>155</v>
       </c>
       <c r="D47" t="s">
         <v>65</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>44</v>
       </c>
       <c r="G47" t="s">
         <v>8</v>
       </c>
       <c r="H47">
         <v>2009</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>184</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47" t="s">
+        <v>327</v>
+      </c>
+      <c r="M47" t="s">
         <v>328</v>
       </c>
-      <c r="M47" t="s">
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
         <v>329</v>
       </c>
-      <c r="N47" t="s">
-[...2 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>331</v>
+      </c>
+      <c r="B48" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C48" t="s">
         <v>155</v>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>8</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48">
         <v>2022</v>
       </c>
       <c r="J48" t="s">
         <v>184</v>
       </c>
       <c r="K48" t="s">
         <v>36</v>
       </c>
       <c r="L48" t="s">
+        <v>333</v>
+      </c>
+      <c r="M48" t="s">
+        <v>328</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
         <v>334</v>
       </c>
-      <c r="M48" t="s">
-[...5 lines deleted...]
-      <c r="O48" t="s">
+      <c r="P48" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>336</v>
+      </c>
+      <c r="B49" t="s">
         <v>337</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2011</v>
       </c>
       <c r="I49">
         <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
+        <v>339</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
         <v>340</v>
       </c>
-      <c r="N49" t="s">
-[...2 lines deleted...]
-      <c r="O49" t="s">
+      <c r="P49" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>342</v>
+      </c>
+      <c r="B50" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C50" t="s">
         <v>183</v>
       </c>
       <c r="D50" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="E50" t="s">
         <v>99</v>
       </c>
       <c r="F50" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G50" t="s">
         <v>34</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>346</v>
+      </c>
+      <c r="P50" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>348</v>
+      </c>
+      <c r="B51" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="C51" t="s">
         <v>183</v>
       </c>
       <c r="D51" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="E51" t="s">
         <v>99</v>
       </c>
       <c r="F51" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G51" t="s">
         <v>34</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
+        <v>350</v>
+      </c>
+      <c r="P51" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>352</v>
+      </c>
+      <c r="B52" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="C52" t="s">
         <v>183</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>99</v>
       </c>
       <c r="F52" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="G52" t="s">
         <v>34</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>191</v>
       </c>
       <c r="K52" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
+        <v>355</v>
+      </c>
+      <c r="P52" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>357</v>
+      </c>
+      <c r="B53" t="s">
         <v>358</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="D53" t="s">
         <v>65</v>
       </c>
       <c r="E53" t="s">
         <v>99</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>34</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>45</v>
       </c>
       <c r="K53" t="s">
         <v>36</v>
       </c>
       <c r="L53" t="s">
+        <v>360</v>
+      </c>
+      <c r="M53" t="s">
         <v>361</v>
       </c>
-      <c r="M53" t="s">
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
         <v>362</v>
       </c>
-      <c r="N53" t="s">
-[...2 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>364</v>
+      </c>
+      <c r="B54" t="s">
         <v>365</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>366</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E54" t="s">
         <v>99</v>
       </c>
       <c r="F54" t="s">
         <v>100</v>
       </c>
       <c r="G54" t="s">
         <v>34</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>149</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
+        <v>368</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
         <v>369</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>371</v>
+      </c>
+      <c r="B55" t="s">
         <v>372</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>373</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>157</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
+        <v>375</v>
+      </c>
+      <c r="K55" t="s">
         <v>376</v>
       </c>
-      <c r="K55" t="s">
+      <c r="L55" t="s">
         <v>377</v>
       </c>
-      <c r="L55" t="s">
+      <c r="M55" t="s">
         <v>378</v>
       </c>
-      <c r="M55" t="s">
+      <c r="N55" t="s">
+        <v>322</v>
+      </c>
+      <c r="O55" t="s">
         <v>379</v>
       </c>
-      <c r="N55" t="s">
-[...2 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>381</v>
+      </c>
+      <c r="B56" t="s">
         <v>382</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>383</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
+        <v>384</v>
+      </c>
+      <c r="G56" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="H56">
         <v>2024</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>386</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56" t="s">
         <v>387</v>
       </c>
       <c r="M56" t="s">
         <v>388</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>389</v>
       </c>
       <c r="P56" t="s">
         <v>390</v>
@@ -4827,51 +4829,51 @@
         <v>412</v>
       </c>
       <c r="C60" t="s">
         <v>413</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>99</v>
       </c>
       <c r="F60" t="s">
         <v>157</v>
       </c>
       <c r="G60" t="s">
         <v>34</v>
       </c>
       <c r="H60">
         <v>2014</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>158</v>
       </c>
       <c r="K60" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="L60" t="s">
         <v>414</v>
       </c>
       <c r="M60" t="s">
         <v>415</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>416</v>
       </c>
       <c r="P60" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>418</v>
       </c>
       <c r="B61" t="s">
         <v>419</v>
       </c>
       <c r="C61" t="s">
@@ -5070,114 +5072,114 @@
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>44</v>
       </c>
       <c r="G65" t="s">
         <v>34</v>
       </c>
       <c r="H65">
         <v>2017</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>158</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>440</v>
       </c>
       <c r="N65" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="O65" t="s">
         <v>446</v>
       </c>
       <c r="P65" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>448</v>
       </c>
       <c r="B66" t="s">
         <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>130</v>
       </c>
       <c r="D66" t="s">
         <v>450</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>233</v>
+        <v>385</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>133</v>
       </c>
       <c r="K66" t="s">
         <v>36</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>134</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>451</v>
       </c>
       <c r="P66" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>453</v>
       </c>
       <c r="B67" t="s">
         <v>454</v>
       </c>
       <c r="C67" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>99</v>
       </c>
       <c r="F67" t="s">
         <v>100</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
       <c r="I67">
         <v>2020</v>
       </c>
       <c r="J67" t="s">
         <v>158</v>
       </c>
       <c r="K67" t="s">
         <v>101</v>
       </c>
@@ -5186,67 +5188,67 @@
       </c>
       <c r="M67" t="s">
         <v>456</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>457</v>
       </c>
       <c r="P67" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>459</v>
       </c>
       <c r="B68" t="s">
         <v>460</v>
       </c>
       <c r="C68" t="s">
         <v>183</v>
       </c>
       <c r="D68" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="E68" t="s">
         <v>99</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>34</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>461</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>462</v>
       </c>
       <c r="P68" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>464</v>
       </c>
       <c r="B69" t="s">
         <v>465</v>
       </c>
@@ -5432,51 +5434,51 @@
       </c>
       <c r="M72" t="s">
         <v>468</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>482</v>
       </c>
       <c r="P72" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>483</v>
       </c>
       <c r="B73" t="s">
         <v>484</v>
       </c>
       <c r="C73" t="s">
         <v>485</v>
       </c>
       <c r="D73" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>157</v>
       </c>
       <c r="G73" t="s">
         <v>34</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>486</v>
       </c>
       <c r="K73" t="s">
         <v>36</v>
       </c>
       <c r="L73" t="s">
         <v>487</v>
       </c>
       <c r="M73" t="s">
         <v>488</v>
@@ -5527,79 +5529,79 @@
       </c>
       <c r="L74" t="s">
         <v>495</v>
       </c>
       <c r="M74" t="s">
         <v>496</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>497</v>
       </c>
       <c r="P74" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>499</v>
       </c>
       <c r="B75" t="s">
         <v>500</v>
       </c>
       <c r="C75" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="D75" t="s">
         <v>501</v>
       </c>
       <c r="E75" t="s">
         <v>99</v>
       </c>
       <c r="F75" t="s">
         <v>44</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75">
         <v>2017</v>
       </c>
       <c r="J75" t="s">
         <v>108</v>
       </c>
       <c r="K75" t="s">
         <v>36</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>502</v>
       </c>
       <c r="P75" t="s">
         <v>503</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>