--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,317 +12,397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -586,571 +666,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="168" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="462.316" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2002</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2024</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...32 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>33</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...80 lines deleted...]
-      <c r="B6" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...243 lines deleted...]
-        <v>75</v>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>