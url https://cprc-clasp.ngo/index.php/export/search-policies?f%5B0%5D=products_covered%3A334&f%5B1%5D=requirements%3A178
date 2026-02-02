--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -177,75 +177,72 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
     <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
   </si>
   <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
@@ -906,364 +903,366 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>52</v>
       </c>
       <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
         <v>53</v>
-      </c>
-[...5 lines deleted...]
-        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>55</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>56</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2001</v>
       </c>
       <c r="I6">
         <v>2013</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>35</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
         <v>63</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
         <v>73</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>74</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
         <v>80</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2002</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
         <v>88</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
         <v>92</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11">
         <v>2017</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>35</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">