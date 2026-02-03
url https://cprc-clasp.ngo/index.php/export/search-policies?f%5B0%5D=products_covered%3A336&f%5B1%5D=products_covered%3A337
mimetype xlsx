--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,1247 +12,1740 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="545">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1516,3659 +2009,4162 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N84"/>
+  <dimension ref="A1:P84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>1991</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>69</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>106</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" t="s">
+        <v>127</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>136</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>136</v>
+      </c>
+      <c r="G18" t="s">
+        <v>145</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>106</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>69</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" t="s">
+        <v>68</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>106</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>69</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" t="s">
+        <v>68</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>106</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" t="s">
+        <v>68</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>106</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>76</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>106</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>171</v>
+      </c>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>76</v>
+      </c>
+      <c r="K24" t="s">
+        <v>127</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>152</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>76</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
+        <v>152</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>76</v>
+      </c>
+      <c r="K26" t="s">
+        <v>127</v>
+      </c>
+      <c r="L26" t="s">
+        <v>186</v>
+      </c>
+      <c r="M26" t="s">
+        <v>152</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
+        <v>191</v>
+      </c>
+      <c r="D27" t="s">
+        <v>192</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F27" t="s">
+        <v>193</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...25 lines deleted...]
-      <c r="C4" t="s">
+      <c r="J27" t="s">
+        <v>194</v>
+      </c>
+      <c r="K27" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...34 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>200</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...76 lines deleted...]
-      <c r="A7" t="s">
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>201</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
+      <c r="M28" t="s">
+        <v>203</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D29" t="s">
+        <v>209</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>136</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>107</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>210</v>
+      </c>
+      <c r="M29" t="s">
+        <v>211</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>212</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>214</v>
+      </c>
+      <c r="C30" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" t="s">
+        <v>135</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>136</v>
+      </c>
+      <c r="G30" t="s">
+        <v>145</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>216</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>217</v>
+      </c>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>223</v>
+      </c>
+      <c r="D31" t="s">
         <v>53</v>
       </c>
-      <c r="B7" t="s">
-[...455 lines deleted...]
-      <c r="N17" t="s">
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
         <v>106</v>
       </c>
-    </row>
-[...574 lines deleted...]
-        <v>2011</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
-      <c r="I31" t="s">
-        <v>69</v>
+      <c r="I31">
+        <v>2011</v>
       </c>
       <c r="J31" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="K31" t="s">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="L31" t="s">
-        <v>166</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>168</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>164</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="D32" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E32" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="F32" t="s">
+        <v>106</v>
+      </c>
+      <c r="G32" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>88</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>230</v>
+      </c>
+      <c r="M32" t="s">
+        <v>225</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" t="s">
+        <v>234</v>
+      </c>
+      <c r="C33" t="s">
+        <v>235</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>236</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>237</v>
+      </c>
+      <c r="M33" t="s">
+        <v>238</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>235</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>243</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>244</v>
+      </c>
+      <c r="M34" t="s">
+        <v>238</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" t="s">
+        <v>248</v>
+      </c>
+      <c r="C35" t="s">
+        <v>249</v>
+      </c>
+      <c r="D35" t="s">
+        <v>250</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>136</v>
+      </c>
+      <c r="G35" t="s">
+        <v>54</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>251</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>252</v>
+      </c>
+      <c r="M35" t="s">
+        <v>253</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>256</v>
+      </c>
+      <c r="B36" t="s">
+        <v>257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>258</v>
+      </c>
+      <c r="D36" t="s">
+        <v>259</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>136</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>216</v>
+      </c>
+      <c r="K36" t="s">
         <v>45</v>
       </c>
-      <c r="G32">
-[...85 lines deleted...]
-      <c r="G34">
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>260</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>261</v>
+      </c>
+      <c r="P36" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>263</v>
+      </c>
+      <c r="B37" t="s">
+        <v>264</v>
+      </c>
+      <c r="C37" t="s">
+        <v>265</v>
+      </c>
+      <c r="D37" t="s">
+        <v>68</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>106</v>
+      </c>
+      <c r="G37" t="s">
+        <v>54</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>76</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>266</v>
+      </c>
+      <c r="M37" t="s">
+        <v>267</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>268</v>
+      </c>
+      <c r="P37" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>270</v>
+      </c>
+      <c r="B38" t="s">
+        <v>271</v>
+      </c>
+      <c r="C38" t="s">
+        <v>265</v>
+      </c>
+      <c r="D38" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>106</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>76</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>272</v>
+      </c>
+      <c r="M38" t="s">
+        <v>267</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>273</v>
+      </c>
+      <c r="P38" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>275</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
+        <v>265</v>
+      </c>
+      <c r="D39" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>106</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1995</v>
+      </c>
+      <c r="I39">
         <v>2015</v>
       </c>
-      <c r="H34">
-[...220 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="K39" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>196</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="N39" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>278</v>
+      </c>
+      <c r="P39" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>44</v>
+        <v>282</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E40" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>43</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2006</v>
       </c>
-      <c r="I40" t="s">
-        <v>206</v>
+      <c r="I40">
+        <v>2006</v>
       </c>
       <c r="J40" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="K40" t="s">
+        <v>127</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N40" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>287</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>289</v>
+      </c>
+      <c r="D41" t="s">
         <v>209</v>
       </c>
-      <c r="B41" t="s">
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>54</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>107</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
         <v>210</v>
       </c>
-      <c r="C41" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="N41" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>291</v>
+      </c>
+      <c r="P41" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>213</v>
+        <v>293</v>
       </c>
       <c r="B42" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="C42" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
-      <c r="I42" t="s">
-        <v>61</v>
+      <c r="I42">
+        <v>2008</v>
       </c>
       <c r="J42" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>89</v>
+      </c>
+      <c r="M42" t="s">
+        <v>71</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>294</v>
+      </c>
+      <c r="P42" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>296</v>
+      </c>
+      <c r="B43" t="s">
+        <v>297</v>
+      </c>
+      <c r="C43" t="s">
+        <v>67</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>76</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>298</v>
+      </c>
+      <c r="M43" t="s">
+        <v>71</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>299</v>
+      </c>
+      <c r="P43" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>301</v>
+      </c>
+      <c r="B44" t="s">
+        <v>302</v>
+      </c>
+      <c r="C44" t="s">
+        <v>67</v>
+      </c>
+      <c r="D44" t="s">
+        <v>303</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>304</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>305</v>
+      </c>
+      <c r="K44" t="s">
+        <v>127</v>
+      </c>
+      <c r="L44" t="s">
+        <v>306</v>
+      </c>
+      <c r="M44" t="s">
+        <v>71</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>307</v>
+      </c>
+      <c r="P44" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>309</v>
+      </c>
+      <c r="B45" t="s">
+        <v>66</v>
+      </c>
+      <c r="C45" t="s">
+        <v>67</v>
+      </c>
+      <c r="D45" t="s">
+        <v>68</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>69</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
         <v>70</v>
       </c>
-      <c r="L42" t="s">
-[...13 lines deleted...]
-      <c r="B43" t="s">
+      <c r="M45" t="s">
+        <v>310</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>311</v>
+      </c>
+      <c r="P45" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>313</v>
+      </c>
+      <c r="B46" t="s">
+        <v>314</v>
+      </c>
+      <c r="C46" t="s">
+        <v>67</v>
+      </c>
+      <c r="D46" t="s">
+        <v>315</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>8</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46">
+        <v>2025</v>
+      </c>
+      <c r="J46" t="s">
+        <v>305</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>316</v>
+      </c>
+      <c r="N46" t="s">
+        <v>317</v>
+      </c>
+      <c r="O46" t="s">
+        <v>318</v>
+      </c>
+      <c r="P46" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>320</v>
+      </c>
+      <c r="B47" t="s">
+        <v>321</v>
+      </c>
+      <c r="C47" t="s">
+        <v>322</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
         <v>54</v>
       </c>
-      <c r="C43" t="s">
-[...110 lines deleted...]
-      <c r="L45" t="s">
+      <c r="H47">
+        <v>1984</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>88</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>323</v>
+      </c>
+      <c r="M47" t="s">
+        <v>324</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>325</v>
+      </c>
+      <c r="P47" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>327</v>
+      </c>
+      <c r="B48" t="s">
+        <v>328</v>
+      </c>
+      <c r="C48" t="s">
         <v>223</v>
       </c>
-      <c r="M45" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E48" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>106</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
-      <c r="I48" t="s">
-        <v>69</v>
+      <c r="I48">
+        <v>2011</v>
       </c>
       <c r="J48" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K48" t="s">
+        <v>127</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="N48" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>329</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>239</v>
+        <v>330</v>
       </c>
       <c r="B49" t="s">
-        <v>164</v>
+        <v>331</v>
       </c>
       <c r="C49" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="D49" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>106</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2013</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2014</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
       <c r="N49" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>333</v>
+      </c>
+      <c r="P49" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>242</v>
+        <v>335</v>
       </c>
       <c r="B50" t="s">
-        <v>164</v>
+        <v>336</v>
       </c>
       <c r="C50" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="D50" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E50" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>106</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2011</v>
       </c>
-      <c r="I50" t="s">
-        <v>69</v>
+      <c r="I50">
+        <v>2011</v>
       </c>
       <c r="J50" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>337</v>
+      </c>
+      <c r="M50" t="s">
+        <v>332</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>338</v>
+      </c>
+      <c r="P50" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>340</v>
+      </c>
+      <c r="B51" t="s">
+        <v>341</v>
+      </c>
+      <c r="C51" t="s">
+        <v>235</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>342</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>343</v>
+      </c>
+      <c r="M51" t="s">
+        <v>344</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>345</v>
+      </c>
+      <c r="P51" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>349</v>
+      </c>
+      <c r="D52" t="s">
+        <v>114</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2017</v>
+      </c>
+      <c r="J52" t="s">
+        <v>283</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>350</v>
+      </c>
+      <c r="M52" t="s">
+        <v>351</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>352</v>
+      </c>
+      <c r="P52" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>354</v>
+      </c>
+      <c r="B53" t="s">
+        <v>355</v>
+      </c>
+      <c r="C53" t="s">
+        <v>349</v>
+      </c>
+      <c r="D53" t="s">
+        <v>114</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
+        <v>283</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>351</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>356</v>
+      </c>
+      <c r="P53" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" t="s">
+        <v>359</v>
+      </c>
+      <c r="C54" t="s">
+        <v>360</v>
+      </c>
+      <c r="D54" t="s">
+        <v>68</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>54</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>361</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>362</v>
+      </c>
+      <c r="M54" t="s">
+        <v>363</v>
+      </c>
+      <c r="N54" t="s">
+        <v>36</v>
+      </c>
+      <c r="O54" t="s">
+        <v>364</v>
+      </c>
+      <c r="P54" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>366</v>
+      </c>
+      <c r="B55" t="s">
+        <v>367</v>
+      </c>
+      <c r="C55" t="s">
+        <v>360</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>361</v>
+      </c>
+      <c r="K55" t="s">
+        <v>127</v>
+      </c>
+      <c r="L55" t="s">
+        <v>368</v>
+      </c>
+      <c r="M55" t="s">
+        <v>363</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>369</v>
+      </c>
+      <c r="P55" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>370</v>
+      </c>
+      <c r="B56" t="s">
+        <v>371</v>
+      </c>
+      <c r="C56" t="s">
+        <v>372</v>
+      </c>
+      <c r="D56" t="s">
+        <v>68</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>373</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>236</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>374</v>
+      </c>
+      <c r="M56" t="s">
+        <v>375</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>376</v>
+      </c>
+      <c r="P56" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>378</v>
+      </c>
+      <c r="B57" t="s">
+        <v>379</v>
+      </c>
+      <c r="C57" t="s">
+        <v>380</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>361</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>381</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>382</v>
+      </c>
+      <c r="P57" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>384</v>
+      </c>
+      <c r="B58" t="s">
+        <v>385</v>
+      </c>
+      <c r="C58" t="s">
+        <v>380</v>
+      </c>
+      <c r="D58" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>386</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>381</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>387</v>
+      </c>
+      <c r="P58" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>388</v>
+      </c>
+      <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
+        <v>372</v>
+      </c>
+      <c r="D59" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>373</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>236</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>390</v>
+      </c>
+      <c r="M59" t="s">
+        <v>375</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>391</v>
+      </c>
+      <c r="P59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>393</v>
+      </c>
+      <c r="B60" t="s">
+        <v>394</v>
+      </c>
+      <c r="C60" t="s">
+        <v>235</v>
+      </c>
+      <c r="D60" t="s">
+        <v>395</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>396</v>
+      </c>
+      <c r="G60" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>342</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>344</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>397</v>
+      </c>
+      <c r="P60" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>399</v>
+      </c>
+      <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
+        <v>235</v>
+      </c>
+      <c r="D61" t="s">
+        <v>395</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>396</v>
+      </c>
+      <c r="G61" t="s">
+        <v>54</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>342</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>344</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>401</v>
+      </c>
+      <c r="P61" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>403</v>
+      </c>
+      <c r="B62" t="s">
+        <v>404</v>
+      </c>
+      <c r="C62" t="s">
+        <v>235</v>
+      </c>
+      <c r="D62" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>396</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
         <v>243</v>
       </c>
-      <c r="L50" t="s">
-[...2 lines deleted...]
-      <c r="M50" t="s">
+      <c r="K62" t="s">
+        <v>405</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>344</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>406</v>
+      </c>
+      <c r="P62" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>408</v>
+      </c>
+      <c r="B63" t="s">
+        <v>409</v>
+      </c>
+      <c r="C63" t="s">
+        <v>289</v>
+      </c>
+      <c r="D63" t="s">
+        <v>105</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>410</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>290</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>411</v>
+      </c>
+      <c r="P63" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>412</v>
+      </c>
+      <c r="B64" t="s">
+        <v>413</v>
+      </c>
+      <c r="C64" t="s">
+        <v>414</v>
+      </c>
+      <c r="D64" t="s">
+        <v>68</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>136</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2006</v>
+      </c>
+      <c r="I64">
+        <v>2025</v>
+      </c>
+      <c r="J64" t="s">
+        <v>415</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>416</v>
+      </c>
+      <c r="M64" t="s">
+        <v>417</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>418</v>
+      </c>
+      <c r="P64" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>420</v>
+      </c>
+      <c r="B65" t="s">
+        <v>421</v>
+      </c>
+      <c r="C65" t="s">
+        <v>422</v>
+      </c>
+      <c r="D65" t="s">
+        <v>423</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>136</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>424</v>
+      </c>
+      <c r="K65" t="s">
+        <v>425</v>
+      </c>
+      <c r="L65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M65" t="s">
+        <v>427</v>
+      </c>
+      <c r="N65" t="s">
+        <v>36</v>
+      </c>
+      <c r="O65" t="s">
+        <v>428</v>
+      </c>
+      <c r="P65" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>430</v>
+      </c>
+      <c r="B66" t="s">
+        <v>431</v>
+      </c>
+      <c r="C66" t="s">
+        <v>432</v>
+      </c>
+      <c r="D66" t="s">
+        <v>135</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>136</v>
+      </c>
+      <c r="G66" t="s">
+        <v>145</v>
+      </c>
+      <c r="H66"/>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>361</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>137</v>
+      </c>
+      <c r="M66" t="s">
+        <v>433</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>434</v>
+      </c>
+      <c r="P66" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>436</v>
+      </c>
+      <c r="B67" t="s">
+        <v>437</v>
+      </c>
+      <c r="C67" t="s">
+        <v>438</v>
+      </c>
+      <c r="D67" t="s">
+        <v>53</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>54</v>
+      </c>
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>439</v>
+      </c>
+      <c r="K67" t="s">
+        <v>127</v>
+      </c>
+      <c r="L67" t="s">
+        <v>440</v>
+      </c>
+      <c r="M67" t="s">
+        <v>441</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>442</v>
+      </c>
+      <c r="P67" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>444</v>
+      </c>
+      <c r="B68" t="s">
+        <v>445</v>
+      </c>
+      <c r="C68" t="s">
+        <v>446</v>
+      </c>
+      <c r="D68" t="s">
+        <v>447</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>448</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1982</v>
+      </c>
+      <c r="I68">
+        <v>2024</v>
+      </c>
+      <c r="J68" t="s">
+        <v>449</v>
+      </c>
+      <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="N50" t="s">
-[...10 lines deleted...]
-      <c r="C51" t="s">
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>450</v>
+      </c>
+      <c r="N68" t="s">
+        <v>451</v>
+      </c>
+      <c r="O68" t="s">
+        <v>452</v>
+      </c>
+      <c r="P68" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>454</v>
+      </c>
+      <c r="B69" t="s">
+        <v>455</v>
+      </c>
+      <c r="C69" t="s">
+        <v>223</v>
+      </c>
+      <c r="D69" t="s">
+        <v>68</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2010</v>
+      </c>
+      <c r="I69">
+        <v>2016</v>
+      </c>
+      <c r="J69" t="s">
         <v>44</v>
       </c>
-      <c r="D51" t="s">
-[...166 lines deleted...]
-      <c r="C55" t="s">
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>225</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>456</v>
+      </c>
+      <c r="P69" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>458</v>
+      </c>
+      <c r="B70" t="s">
+        <v>459</v>
+      </c>
+      <c r="C70" t="s">
+        <v>460</v>
+      </c>
+      <c r="D70" t="s">
+        <v>105</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>136</v>
+      </c>
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
+        <v>2019</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>107</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>461</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>462</v>
+      </c>
+      <c r="P70" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>464</v>
+      </c>
+      <c r="B71" t="s">
+        <v>465</v>
+      </c>
+      <c r="C71" t="s">
+        <v>466</v>
+      </c>
+      <c r="D71" t="s">
+        <v>467</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>43</v>
+      </c>
+      <c r="G71" t="s">
+        <v>54</v>
+      </c>
+      <c r="H71">
+        <v>2018</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
         <v>44</v>
       </c>
-      <c r="D55" t="s">
-[...506 lines deleted...]
-      <c r="G67">
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>468</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>469</v>
+      </c>
+      <c r="P71" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>471</v>
+      </c>
+      <c r="B72" t="s">
+        <v>472</v>
+      </c>
+      <c r="C72" t="s">
+        <v>473</v>
+      </c>
+      <c r="D72" t="s">
+        <v>53</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>136</v>
+      </c>
+      <c r="G72" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72">
         <v>2014</v>
       </c>
-      <c r="H67"/>
-[...47 lines deleted...]
-      <c r="J68" t="s">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>216</v>
+      </c>
+      <c r="K72" t="s">
+        <v>405</v>
+      </c>
+      <c r="L72" t="s">
+        <v>474</v>
+      </c>
+      <c r="M72" t="s">
+        <v>475</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>476</v>
+      </c>
+      <c r="P72" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>478</v>
+      </c>
+      <c r="B73" t="s">
+        <v>479</v>
+      </c>
+      <c r="C73" t="s">
+        <v>480</v>
+      </c>
+      <c r="D73" t="s">
+        <v>53</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K68"/>
-[...194 lines deleted...]
-        <v>2016</v>
+      <c r="G73" t="s">
+        <v>22</v>
       </c>
       <c r="H73">
         <v>2016</v>
       </c>
-      <c r="I73" t="s">
-        <v>159</v>
+      <c r="I73">
+        <v>2016</v>
       </c>
       <c r="J73" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
+        <v>481</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>482</v>
+      </c>
+      <c r="P73" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>484</v>
+      </c>
+      <c r="B74" t="s">
+        <v>485</v>
+      </c>
+      <c r="C74" t="s">
+        <v>480</v>
+      </c>
+      <c r="D74" t="s">
+        <v>105</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>136</v>
+      </c>
+      <c r="G74" t="s">
+        <v>54</v>
+      </c>
+      <c r="H74">
+        <v>2004</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>216</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>486</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>487</v>
+      </c>
+      <c r="P74" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>489</v>
+      </c>
+      <c r="B75" t="s">
+        <v>490</v>
+      </c>
+      <c r="C75" t="s">
+        <v>372</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>106</v>
+      </c>
+      <c r="G75" t="s">
+        <v>54</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>44</v>
+      </c>
+      <c r="K75" t="s">
+        <v>127</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>491</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>492</v>
+      </c>
+      <c r="P75" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>494</v>
+      </c>
+      <c r="B76" t="s">
+        <v>495</v>
+      </c>
+      <c r="C76" t="s">
+        <v>414</v>
+      </c>
+      <c r="D76" t="s">
+        <v>496</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>136</v>
+      </c>
+      <c r="G76" t="s">
+        <v>497</v>
+      </c>
+      <c r="H76">
+        <v>2002</v>
+      </c>
+      <c r="I76">
+        <v>2007</v>
+      </c>
+      <c r="J76" t="s">
+        <v>236</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>498</v>
+      </c>
+      <c r="M76" t="s">
+        <v>417</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>499</v>
+      </c>
+      <c r="P76" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>501</v>
+      </c>
+      <c r="B77" t="s">
+        <v>502</v>
+      </c>
+      <c r="C77" t="s">
+        <v>414</v>
+      </c>
+      <c r="D77" t="s">
+        <v>114</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>136</v>
+      </c>
+      <c r="G77" t="s">
+        <v>54</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>236</v>
+      </c>
+      <c r="K77" t="s">
+        <v>127</v>
+      </c>
+      <c r="L77" t="s">
+        <v>503</v>
+      </c>
+      <c r="M77" t="s">
+        <v>417</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>504</v>
+      </c>
+      <c r="P77" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>506</v>
+      </c>
+      <c r="B78" t="s">
+        <v>507</v>
+      </c>
+      <c r="C78" t="s">
+        <v>191</v>
+      </c>
+      <c r="D78" t="s">
+        <v>508</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>373</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>194</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>195</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>509</v>
+      </c>
+      <c r="P78" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>511</v>
+      </c>
+      <c r="B79" t="s">
+        <v>512</v>
+      </c>
+      <c r="C79" t="s">
+        <v>513</v>
+      </c>
+      <c r="D79" t="s">
+        <v>53</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>106</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>216</v>
+      </c>
+      <c r="K79" t="s">
+        <v>127</v>
+      </c>
+      <c r="L79" t="s">
+        <v>514</v>
+      </c>
+      <c r="M79" t="s">
+        <v>515</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>516</v>
+      </c>
+      <c r="P79" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>518</v>
+      </c>
+      <c r="B80" t="s">
+        <v>519</v>
+      </c>
+      <c r="C80" t="s">
+        <v>235</v>
+      </c>
+      <c r="D80" t="s">
+        <v>395</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>54</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>342</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>520</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>521</v>
+      </c>
+      <c r="P80" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>523</v>
+      </c>
+      <c r="B81" t="s">
+        <v>524</v>
+      </c>
+      <c r="C81" t="s">
+        <v>525</v>
+      </c>
+      <c r="D81" t="s">
+        <v>114</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>236</v>
+      </c>
+      <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="N73" t="s">
-[...36 lines deleted...]
-      <c r="M74" t="s">
+      <c r="L81" t="s">
+        <v>526</v>
+      </c>
+      <c r="M81" t="s">
+        <v>527</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>528</v>
+      </c>
+      <c r="P81" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>523</v>
+      </c>
+      <c r="B82" t="s">
+        <v>530</v>
+      </c>
+      <c r="C82" t="s">
+        <v>525</v>
+      </c>
+      <c r="D82" t="s">
+        <v>114</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82">
+        <v>2017</v>
+      </c>
+      <c r="J82" t="s">
+        <v>236</v>
+      </c>
+      <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="N74" t="s">
-[...319 lines deleted...]
-      <c r="H82">
+      <c r="L82" t="s">
+        <v>531</v>
+      </c>
+      <c r="M82" t="s">
+        <v>527</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>532</v>
+      </c>
+      <c r="P82" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>533</v>
+      </c>
+      <c r="B83" t="s">
+        <v>534</v>
+      </c>
+      <c r="C83" t="s">
+        <v>535</v>
+      </c>
+      <c r="D83" t="s">
+        <v>135</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>136</v>
+      </c>
+      <c r="G83" t="s">
+        <v>54</v>
+      </c>
+      <c r="H83">
+        <v>2016</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>251</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>137</v>
+      </c>
+      <c r="M83" t="s">
+        <v>536</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>537</v>
+      </c>
+      <c r="P83" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>539</v>
+      </c>
+      <c r="B84" t="s">
+        <v>540</v>
+      </c>
+      <c r="C84" t="s">
+        <v>541</v>
+      </c>
+      <c r="D84" t="s">
+        <v>68</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>136</v>
+      </c>
+      <c r="G84" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84">
         <v>2014</v>
       </c>
-      <c r="I82" t="s">
-[...82 lines deleted...]
-      <c r="H84">
+      <c r="I84">
         <v>2019</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>542</v>
       </c>
       <c r="N84" t="s">
-        <v>383</v>
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>543</v>
+      </c>
+      <c r="P84" t="s">
+        <v>544</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>