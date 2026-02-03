--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,341 +12,436 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,657 +705,738 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E5" t="s">
         <v>33</v>
       </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...24 lines deleted...]
-      <c r="L4" t="s">
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...31 lines deleted...]
-      <c r="L5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="M5" t="s">
-[...98 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I8" t="s">
-        <v>50</v>
+      <c r="I8">
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...8 lines deleted...]
-      <c r="N8" t="s">
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>1999</v>
+      </c>
+      <c r="I11">
+        <v>2009</v>
+      </c>
+      <c r="J11" t="s">
         <v>53</v>
       </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
     </row>
-    <row r="9" spans="1:14">
-[...38 lines deleted...]
-        <v>56</v>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>98</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...129 lines deleted...]
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13">
         <v>2025</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
-        <v>83</v>
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>