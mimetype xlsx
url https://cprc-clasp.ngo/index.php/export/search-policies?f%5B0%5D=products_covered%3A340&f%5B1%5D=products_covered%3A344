--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,443 +12,552 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -712,873 +821,984 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...39 lines deleted...]
-      <c r="N3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...41 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
         <v>37</v>
       </c>
-      <c r="G5">
-[...19 lines deleted...]
-        <v>47</v>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
         <v>43</v>
       </c>
       <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
         <v>37</v>
       </c>
-      <c r="G6">
-[...19 lines deleted...]
-        <v>51</v>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>43</v>
       </c>
       <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
         <v>37</v>
       </c>
-      <c r="G7">
-[...19 lines deleted...]
-        <v>54</v>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2023</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>61</v>
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="F9" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
         <v>37</v>
       </c>
-      <c r="G9">
-[...19 lines deleted...]
-        <v>67</v>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>96</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>98</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>44</v>
       </c>
-      <c r="F10" t="s">
-[...11 lines deleted...]
-      <c r="J10" t="s">
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...9 lines deleted...]
-        <v>71</v>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...38 lines deleted...]
-        <v>79</v>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2024</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...15 lines deleted...]
-      <c r="F12" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
         <v>37</v>
       </c>
-      <c r="G12">
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>138</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>147</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>96</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
         <v>2021</v>
       </c>
-      <c r="H12"/>
-[...256 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>114</v>
+        <v>148</v>
       </c>
       <c r="K18" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
       <c r="L18" t="s">
-        <v>116</v>
+        <v>150</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="N18" t="s">
-        <v>117</v>
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>