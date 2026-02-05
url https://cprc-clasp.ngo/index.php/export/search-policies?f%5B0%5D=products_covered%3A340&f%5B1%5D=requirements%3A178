--- v0 (2025-10-15)
+++ v1 (2026-02-05)
@@ -12,245 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,405 +557,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...26 lines deleted...]
-      <c r="I3" t="s">
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...182 lines deleted...]
-        <v>51</v>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>