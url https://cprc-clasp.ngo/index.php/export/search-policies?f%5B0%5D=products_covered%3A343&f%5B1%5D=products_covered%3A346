--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -331,69 +331,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
     <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
@@ -1520,51 +1520,51 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>105</v>
       </c>
       <c r="B14" t="s">
         <v>106</v>
       </c>
       <c r="C14" t="s">
         <v>107</v>
       </c>
       <c r="D14" t="s">
         <v>108</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>52</v>
       </c>
       <c r="O14" t="s">
         <v>111</v>
       </c>
       <c r="P14" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>113</v>