--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -267,69 +267,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
     <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
@@ -1202,51 +1202,51 @@
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>86</v>
       </c>
       <c r="D10" t="s">
         <v>87</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>57</v>
       </c>
       <c r="O10" t="s">
         <v>90</v>
       </c>
       <c r="P10" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>92</v>