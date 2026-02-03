--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,233 +12,258 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -502,319 +527,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="497.736" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L5" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...115 lines deleted...]
-        <v>47</v>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>