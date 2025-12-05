--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,266 +12,309 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -535,397 +578,442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="323.064" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>62</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...74 lines deleted...]
-      <c r="M4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="N4" t="s">
-[...41 lines deleted...]
-      <c r="N5" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
         <v>45</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D6" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
         <v>48</v>
       </c>
-      <c r="E6" t="s">
-[...63 lines deleted...]
-        <v>58</v>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>