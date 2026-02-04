--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,245 +12,300 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,393 +569,438 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L7" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...189 lines deleted...]
-        <v>51</v>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>