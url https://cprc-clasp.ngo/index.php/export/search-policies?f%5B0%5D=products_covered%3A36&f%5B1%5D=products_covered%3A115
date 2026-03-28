--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -429,72 +429,72 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
 These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -1952,127 +1952,127 @@
         <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>130</v>
       </c>
       <c r="P15" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>132</v>
       </c>
       <c r="B16" t="s">
         <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="D16" t="s">
         <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>132</v>
       </c>
       <c r="B17" t="s">
         <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>102</v>
       </c>
       <c r="D17" t="s">
         <v>118</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>140</v>
       </c>
       <c r="P17" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>142</v>
       </c>
       <c r="B18" t="s">
         <v>143</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>144</v>
       </c>
       <c r="E18" t="s">