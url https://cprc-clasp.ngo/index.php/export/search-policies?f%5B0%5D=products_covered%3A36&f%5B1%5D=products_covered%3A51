--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -196,60 +196,61 @@
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
 These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -302,50 +303,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1214,55 +1218,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>59</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>61</v>
       </c>
       <c r="M7" t="s">
         <v>62</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>63</v>
       </c>
       <c r="P7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>65</v>
@@ -1407,520 +1409,520 @@
       </c>
       <c r="P10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
       <c r="I11">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J11" t="s">
         <v>70</v>
       </c>
       <c r="K11" t="s">
         <v>37</v>
       </c>
       <c r="L11" t="s">
         <v>71</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2005</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
         <v>70</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>85</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2017</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>68</v>
       </c>
       <c r="F18" t="s">
         <v>85</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
         <v>86</v>
       </c>
       <c r="K18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2007</v>
       </c>
       <c r="I19">
         <v>2011</v>
       </c>
       <c r="J19" t="s">
         <v>86</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>68</v>
       </c>
       <c r="F20" t="s">
         <v>69</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">