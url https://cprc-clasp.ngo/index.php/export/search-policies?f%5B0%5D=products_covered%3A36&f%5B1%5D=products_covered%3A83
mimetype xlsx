--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,244 +12,302 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -513,395 +571,440 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="390.333" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...79 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
         <v>38</v>
       </c>
-      <c r="J5" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="K7" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>