--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,287 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,565 +625,634 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>66</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...361 lines deleted...]
-        <v>65</v>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>