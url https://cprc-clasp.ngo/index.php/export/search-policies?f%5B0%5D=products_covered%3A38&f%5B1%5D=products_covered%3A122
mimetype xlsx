--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,114 +80,117 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Telephony</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Cordless/Corded Phones</t>
+  </si>
+  <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...61 lines deleted...]
-    <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
@@ -755,224 +758,224 @@
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
       <c r="I5">
         <v>2015</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>35</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6">
         <v>2004</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">