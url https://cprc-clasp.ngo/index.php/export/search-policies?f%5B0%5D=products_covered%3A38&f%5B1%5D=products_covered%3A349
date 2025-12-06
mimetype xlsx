--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,278 +12,338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,471 +607,526 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...77 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>53</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>33</v>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>53</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...21 lines deleted...]
-      <c r="H6">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
         <v>2014</v>
       </c>
-      <c r="I6" t="s">
-[...58 lines deleted...]
-      <c r="B8" t="s">
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
         <v>53</v>
       </c>
-      <c r="C8" t="s">
-[...73 lines deleted...]
-        <v>62</v>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>