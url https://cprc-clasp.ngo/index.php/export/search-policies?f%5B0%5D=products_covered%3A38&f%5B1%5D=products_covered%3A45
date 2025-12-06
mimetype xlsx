--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,337 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -606,613 +679,688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...13 lines deleted...]
-      <c r="D3" t="s">
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...403 lines deleted...]
-        <v>81</v>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>