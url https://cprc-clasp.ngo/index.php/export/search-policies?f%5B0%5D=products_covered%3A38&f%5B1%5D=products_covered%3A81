--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -166,51 +166,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
     <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
   </si>