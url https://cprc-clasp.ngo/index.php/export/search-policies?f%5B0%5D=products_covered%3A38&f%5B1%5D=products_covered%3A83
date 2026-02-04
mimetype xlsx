--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,268 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -537,445 +590,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...241 lines deleted...]
-        <v>58</v>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>