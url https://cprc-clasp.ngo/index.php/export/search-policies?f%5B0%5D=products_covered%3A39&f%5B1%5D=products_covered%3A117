--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,1012 +12,1406 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1281,3035 +1675,3400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N69"/>
+  <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" t="s">
+        <v>97</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>97</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>97</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" t="s">
+        <v>97</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>135</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G20" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>136</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>156</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>156</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>135</v>
+      </c>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>67</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M23" t="s">
+        <v>144</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
+        <v>60</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>67</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>182</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>67</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>74</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>177</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1981</v>
+      </c>
+      <c r="I26">
+        <v>1982</v>
+      </c>
+      <c r="J26" t="s">
+        <v>136</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" t="s">
+        <v>138</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G27" t="s">
+        <v>193</v>
+      </c>
+      <c r="H27">
+        <v>1989</v>
+      </c>
+      <c r="I27">
+        <v>2009</v>
+      </c>
+      <c r="J27" t="s">
+        <v>194</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>54</v>
+      </c>
+      <c r="M27" t="s">
+        <v>55</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>194</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" t="s">
+        <v>199</v>
+      </c>
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>60</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>74</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29" t="s">
+        <v>61</v>
+      </c>
+      <c r="M29" t="s">
+        <v>55</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>204</v>
+      </c>
+      <c r="P29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>206</v>
+      </c>
+      <c r="B30" t="s">
+        <v>207</v>
+      </c>
+      <c r="C30" t="s">
+        <v>208</v>
+      </c>
+      <c r="D30" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>209</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>210</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>97</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>136</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>217</v>
+      </c>
+      <c r="B32" t="s">
+        <v>218</v>
+      </c>
+      <c r="C32" t="s">
+        <v>208</v>
+      </c>
+      <c r="D32" t="s">
+        <v>60</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>97</v>
+      </c>
+      <c r="H32">
+        <v>1989</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>136</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>221</v>
+      </c>
+      <c r="B33" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>223</v>
+      </c>
+      <c r="D33" t="s">
+        <v>111</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>156</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2025</v>
+      </c>
+      <c r="J33" t="s">
+        <v>224</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33" t="s">
+        <v>225</v>
+      </c>
+      <c r="M33" t="s">
+        <v>226</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" t="s">
+        <v>60</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>67</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>136</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
+      <c r="M34" t="s">
+        <v>138</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>67</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>236</v>
+      </c>
+      <c r="M35" t="s">
+        <v>144</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>67</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>136</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>177</v>
+      </c>
+      <c r="M36" t="s">
+        <v>144</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>67</v>
+      </c>
+      <c r="G37" t="s">
+        <v>97</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>136</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>244</v>
+      </c>
+      <c r="M37" t="s">
+        <v>144</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>135</v>
+      </c>
+      <c r="D38" t="s">
+        <v>60</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>67</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>136</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>138</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>249</v>
+      </c>
+      <c r="P38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" t="s">
+        <v>252</v>
+      </c>
+      <c r="C39" t="s">
+        <v>223</v>
+      </c>
+      <c r="D39" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>156</v>
+      </c>
+      <c r="G39" t="s">
+        <v>253</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>254</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>255</v>
+      </c>
+      <c r="M39" t="s">
+        <v>226</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>95</v>
+      </c>
+      <c r="D40" t="s">
+        <v>260</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>156</v>
+      </c>
+      <c r="G40" t="s">
+        <v>97</v>
+      </c>
+      <c r="H40">
+        <v>2023</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>89</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" t="s">
+        <v>261</v>
+      </c>
+      <c r="M40" t="s">
+        <v>98</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>262</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>264</v>
+      </c>
+      <c r="B41" t="s">
+        <v>265</v>
+      </c>
+      <c r="C41" t="s">
+        <v>266</v>
+      </c>
+      <c r="D41" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>156</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>120</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>267</v>
+      </c>
+      <c r="M41" t="s">
+        <v>268</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>273</v>
+      </c>
+      <c r="D42" t="s">
+        <v>260</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>97</v>
+      </c>
+      <c r="H42">
+        <v>2022</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>274</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>275</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>276</v>
+      </c>
+      <c r="P42" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>278</v>
+      </c>
+      <c r="B43" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" t="s">
+        <v>280</v>
+      </c>
+      <c r="D43" t="s">
+        <v>281</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>282</v>
+      </c>
+      <c r="G43" t="s">
+        <v>97</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>283</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>284</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>285</v>
+      </c>
+      <c r="P43" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>287</v>
+      </c>
+      <c r="B44" t="s">
+        <v>288</v>
+      </c>
+      <c r="C44" t="s">
+        <v>280</v>
+      </c>
+      <c r="D44" t="s">
+        <v>111</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>282</v>
+      </c>
+      <c r="G44" t="s">
+        <v>97</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>283</v>
+      </c>
+      <c r="K44" t="s">
+        <v>46</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>284</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>289</v>
+      </c>
+      <c r="P44" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>291</v>
+      </c>
+      <c r="B45" t="s">
+        <v>292</v>
+      </c>
+      <c r="C45" t="s">
+        <v>280</v>
+      </c>
+      <c r="D45" t="s">
+        <v>281</v>
+      </c>
+      <c r="E45" t="s">
+        <v>293</v>
+      </c>
+      <c r="F45" t="s">
+        <v>282</v>
+      </c>
+      <c r="G45" t="s">
+        <v>97</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>283</v>
+      </c>
+      <c r="K45" t="s">
+        <v>46</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>284</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>280</v>
+      </c>
+      <c r="D46" t="s">
+        <v>281</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>282</v>
+      </c>
+      <c r="G46" t="s">
+        <v>97</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>283</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>284</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>298</v>
+      </c>
+      <c r="P46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>300</v>
+      </c>
+      <c r="B47" t="s">
+        <v>301</v>
+      </c>
+      <c r="C47" t="s">
+        <v>208</v>
+      </c>
+      <c r="D47" t="s">
+        <v>302</v>
+      </c>
+      <c r="E47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>97</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>136</v>
+      </c>
+      <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      <c r="L3" t="s">
+      <c r="L47" t="s">
+        <v>303</v>
+      </c>
+      <c r="M47" t="s">
+        <v>304</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>305</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>307</v>
+      </c>
+      <c r="B48" t="s">
+        <v>308</v>
+      </c>
+      <c r="C48" t="s">
+        <v>309</v>
+      </c>
+      <c r="D48" t="s">
+        <v>44</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>310</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48" t="s">
+        <v>311</v>
+      </c>
+      <c r="M48" t="s">
+        <v>312</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>313</v>
+      </c>
+      <c r="P48" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>315</v>
+      </c>
+      <c r="B49" t="s">
+        <v>316</v>
+      </c>
+      <c r="C49" t="s">
+        <v>317</v>
+      </c>
+      <c r="D49" t="s">
+        <v>60</v>
+      </c>
+      <c r="E49" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...67 lines deleted...]
-      <c r="G5">
+      <c r="F49" t="s">
+        <v>67</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>318</v>
+      </c>
+      <c r="K49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L49" t="s">
+        <v>319</v>
+      </c>
+      <c r="M49" t="s">
+        <v>320</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>325</v>
+      </c>
+      <c r="D50" t="s">
+        <v>44</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>156</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
+      <c r="J50" t="s">
+        <v>326</v>
+      </c>
+      <c r="K50" t="s">
+        <v>46</v>
+      </c>
+      <c r="L50" t="s">
+        <v>327</v>
+      </c>
+      <c r="M50" t="s">
+        <v>328</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>329</v>
+      </c>
+      <c r="P50" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>331</v>
+      </c>
+      <c r="B51" t="s">
+        <v>332</v>
+      </c>
+      <c r="C51" t="s">
+        <v>333</v>
+      </c>
+      <c r="D51" t="s">
+        <v>334</v>
+      </c>
+      <c r="E51" t="s">
+        <v>293</v>
+      </c>
+      <c r="F51" t="s">
+        <v>156</v>
+      </c>
+      <c r="G51" t="s">
+        <v>112</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>335</v>
+      </c>
+      <c r="K51" t="s">
+        <v>46</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>336</v>
+      </c>
+      <c r="P51" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>338</v>
+      </c>
+      <c r="B52" t="s">
+        <v>339</v>
+      </c>
+      <c r="C52" t="s">
+        <v>309</v>
+      </c>
+      <c r="D52" t="s">
+        <v>111</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>67</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1997</v>
+      </c>
+      <c r="I52">
+        <v>2011</v>
+      </c>
+      <c r="J52" t="s">
+        <v>310</v>
+      </c>
+      <c r="K52" t="s">
+        <v>46</v>
+      </c>
+      <c r="L52" t="s">
+        <v>340</v>
+      </c>
+      <c r="M52" t="s">
+        <v>341</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>342</v>
+      </c>
+      <c r="P52" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>344</v>
+      </c>
+      <c r="B53" t="s">
+        <v>345</v>
+      </c>
+      <c r="C53" t="s">
+        <v>346</v>
+      </c>
+      <c r="D53" t="s">
+        <v>347</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2009</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="I53">
+        <v>2013</v>
+      </c>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>348</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>349</v>
+      </c>
+      <c r="P53" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>351</v>
+      </c>
+      <c r="B54" t="s">
+        <v>352</v>
+      </c>
+      <c r="C54" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>67</v>
+      </c>
+      <c r="G54" t="s">
+        <v>97</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>165</v>
+      </c>
+      <c r="K54" t="s">
+        <v>46</v>
+      </c>
+      <c r="L54" t="s">
+        <v>353</v>
+      </c>
+      <c r="M54" t="s">
+        <v>158</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>354</v>
+      </c>
+      <c r="P54" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>356</v>
+      </c>
+      <c r="B55" t="s">
+        <v>357</v>
+      </c>
+      <c r="C55" t="s">
+        <v>358</v>
+      </c>
+      <c r="D55" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...123 lines deleted...]
-      <c r="H8">
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>156</v>
+      </c>
+      <c r="G55" t="s">
+        <v>97</v>
+      </c>
+      <c r="H55">
         <v>2011</v>
       </c>
-      <c r="I8" t="s">
-[...123 lines deleted...]
-      <c r="G11">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>254</v>
+      </c>
+      <c r="K55" t="s">
+        <v>46</v>
+      </c>
+      <c r="L55" t="s">
+        <v>359</v>
+      </c>
+      <c r="M55" t="s">
+        <v>360</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>361</v>
+      </c>
+      <c r="P55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>363</v>
+      </c>
+      <c r="B56" t="s">
+        <v>364</v>
+      </c>
+      <c r="C56" t="s">
+        <v>86</v>
+      </c>
+      <c r="D56" t="s">
+        <v>111</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>156</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2007</v>
+      </c>
+      <c r="I56">
         <v>2020</v>
       </c>
-      <c r="H11"/>
-[...87 lines deleted...]
-      <c r="L13" t="s">
+      <c r="J56" t="s">
         <v>89</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>365</v>
+      </c>
+      <c r="M56" t="s">
         <v>90</v>
       </c>
-    </row>
-[...1811 lines deleted...]
-      </c>
       <c r="N56" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>366</v>
+      </c>
+      <c r="P56" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>260</v>
+        <v>368</v>
       </c>
       <c r="B57" t="s">
-        <v>67</v>
+        <v>369</v>
       </c>
       <c r="C57" t="s">
         <v>86</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="E57" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>89</v>
+      </c>
+      <c r="K57" t="s">
+        <v>46</v>
+      </c>
+      <c r="L57" t="s">
+        <v>353</v>
+      </c>
+      <c r="M57" t="s">
+        <v>90</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B58" t="s">
+        <v>373</v>
+      </c>
+      <c r="C58" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" t="s">
+        <v>60</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>97</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>89</v>
+      </c>
+      <c r="K58" t="s">
+        <v>46</v>
+      </c>
+      <c r="L58" t="s">
+        <v>353</v>
+      </c>
+      <c r="M58" t="s">
+        <v>90</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>374</v>
+      </c>
+      <c r="P58" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>376</v>
+      </c>
+      <c r="B59" t="s">
+        <v>377</v>
+      </c>
+      <c r="C59" t="s">
+        <v>280</v>
+      </c>
+      <c r="D59" t="s">
+        <v>378</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>67</v>
+      </c>
+      <c r="G59" t="s">
+        <v>97</v>
+      </c>
+      <c r="H59">
+        <v>2011</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>379</v>
+      </c>
+      <c r="K59" t="s">
+        <v>46</v>
+      </c>
+      <c r="L59" t="s">
+        <v>380</v>
+      </c>
+      <c r="M59" t="s">
+        <v>381</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>280</v>
+      </c>
+      <c r="D60" t="s">
+        <v>60</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>67</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>379</v>
+      </c>
+      <c r="K60" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60" t="s">
+        <v>386</v>
+      </c>
+      <c r="M60" t="s">
+        <v>381</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>387</v>
+      </c>
+      <c r="P60" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>389</v>
+      </c>
+      <c r="B61" t="s">
+        <v>390</v>
+      </c>
+      <c r="C61" t="s">
+        <v>280</v>
+      </c>
+      <c r="D61" t="s">
+        <v>60</v>
+      </c>
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>67</v>
+      </c>
+      <c r="G61" t="s">
+        <v>97</v>
+      </c>
+      <c r="H61">
+        <v>2018</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>379</v>
+      </c>
+      <c r="K61" t="s">
+        <v>46</v>
+      </c>
+      <c r="L61" t="s">
+        <v>391</v>
+      </c>
+      <c r="M61" t="s">
+        <v>381</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>392</v>
+      </c>
+      <c r="P61" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>394</v>
+      </c>
+      <c r="B62" t="s">
+        <v>395</v>
+      </c>
+      <c r="C62" t="s">
+        <v>280</v>
+      </c>
+      <c r="D62" t="s">
+        <v>60</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>67</v>
+      </c>
+      <c r="G62" t="s">
+        <v>97</v>
+      </c>
+      <c r="H62">
+        <v>2018</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>379</v>
+      </c>
+      <c r="K62" t="s">
+        <v>46</v>
+      </c>
+      <c r="L62" t="s">
+        <v>396</v>
+      </c>
+      <c r="M62" t="s">
+        <v>381</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>397</v>
+      </c>
+      <c r="P62" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>399</v>
+      </c>
+      <c r="B63" t="s">
+        <v>400</v>
+      </c>
+      <c r="C63" t="s">
+        <v>280</v>
+      </c>
+      <c r="D63" t="s">
+        <v>378</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>113</v>
+      </c>
+      <c r="K63" t="s">
+        <v>46</v>
+      </c>
+      <c r="L63" t="s">
+        <v>401</v>
+      </c>
+      <c r="M63" t="s">
+        <v>402</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>403</v>
+      </c>
+      <c r="P63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B64" t="s">
+        <v>406</v>
+      </c>
+      <c r="C64" t="s">
+        <v>407</v>
+      </c>
+      <c r="D64" t="s">
+        <v>60</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>67</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2006</v>
+      </c>
+      <c r="I64">
         <v>2020</v>
       </c>
-      <c r="I57" t="s">
-[...22 lines deleted...]
-      <c r="B58" t="s">
+      <c r="J64" t="s">
+        <v>45</v>
+      </c>
+      <c r="K64" t="s">
+        <v>46</v>
+      </c>
+      <c r="L64" t="s">
+        <v>231</v>
+      </c>
+      <c r="M64" t="s">
+        <v>408</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>409</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B65" t="s">
+        <v>412</v>
+      </c>
+      <c r="C65" t="s">
+        <v>407</v>
+      </c>
+      <c r="D65" t="s">
+        <v>60</v>
+      </c>
+      <c r="E65" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" t="s">
         <v>67</v>
       </c>
-      <c r="C58" t="s">
-[...40 lines deleted...]
-      <c r="B59" t="s">
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2001</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>45</v>
+      </c>
+      <c r="K65" t="s">
+        <v>46</v>
+      </c>
+      <c r="L65" t="s">
+        <v>231</v>
+      </c>
+      <c r="M65" t="s">
+        <v>408</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>413</v>
+      </c>
+      <c r="P65" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>415</v>
+      </c>
+      <c r="B66" t="s">
+        <v>416</v>
+      </c>
+      <c r="C66" t="s">
+        <v>407</v>
+      </c>
+      <c r="D66" t="s">
+        <v>60</v>
+      </c>
+      <c r="E66" t="s">
+        <v>33</v>
+      </c>
+      <c r="F66" t="s">
         <v>67</v>
       </c>
-      <c r="C59" t="s">
-[...270 lines deleted...]
-      <c r="H65">
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2000</v>
+      </c>
+      <c r="I66">
         <v>2020</v>
       </c>
-      <c r="I65" t="s">
-[...40 lines deleted...]
-      <c r="H66">
+      <c r="J66" t="s">
+        <v>45</v>
+      </c>
+      <c r="K66" t="s">
+        <v>46</v>
+      </c>
+      <c r="L66" t="s">
+        <v>231</v>
+      </c>
+      <c r="M66" t="s">
+        <v>408</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>417</v>
+      </c>
+      <c r="P66" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>419</v>
+      </c>
+      <c r="B67" t="s">
+        <v>420</v>
+      </c>
+      <c r="C67" t="s">
+        <v>407</v>
+      </c>
+      <c r="D67" t="s">
+        <v>60</v>
+      </c>
+      <c r="E67" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
+        <v>67</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
         <v>2020</v>
       </c>
-      <c r="I66" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K67" t="s">
-        <v>172</v>
+        <v>46</v>
       </c>
       <c r="L67" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>408</v>
       </c>
       <c r="N67" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>421</v>
+      </c>
+      <c r="P67" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>294</v>
+        <v>423</v>
       </c>
       <c r="B68" t="s">
-        <v>287</v>
+        <v>424</v>
       </c>
       <c r="C68" t="s">
-        <v>49</v>
+        <v>425</v>
       </c>
       <c r="D68" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>97</v>
       </c>
       <c r="H68">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="K68" t="s">
-        <v>172</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68"/>
       <c r="N68" t="s">
-        <v>295</v>
-[...37 lines deleted...]
-        <v>298</v>
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>426</v>
+      </c>
+      <c r="P68" t="s">
+        <v>427</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>