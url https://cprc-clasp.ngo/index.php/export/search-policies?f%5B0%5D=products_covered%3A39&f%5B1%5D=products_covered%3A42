--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,920 +12,1305 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1189,2951 +1574,3354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N67"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>67</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>65</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>67</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>110</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>117</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>117</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>118</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>135</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J21" t="s">
+        <v>136</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>135</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>136</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>143</v>
+      </c>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F23" t="s">
+        <v>151</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>152</v>
+      </c>
+      <c r="K23" t="s">
+        <v>153</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>154</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>136</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>143</v>
+      </c>
+      <c r="M24" t="s">
+        <v>144</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>1992</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>65</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>65</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>165</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>60</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>65</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>176</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>60</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>65</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>34</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>184</v>
+      </c>
+      <c r="D29" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" t="s">
+        <v>40</v>
+      </c>
+      <c r="F29" t="s">
+        <v>60</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>1989</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>185</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>186</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>187</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>184</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>136</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>186</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>184</v>
+      </c>
+      <c r="D31" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>136</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>186</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>195</v>
+      </c>
+      <c r="P31" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" t="s">
+        <v>198</v>
+      </c>
+      <c r="C32" t="s">
+        <v>199</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>151</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>200</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>201</v>
+      </c>
+      <c r="M32" t="s">
+        <v>202</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" t="s">
+        <v>41</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>136</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>144</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>209</v>
+      </c>
+      <c r="B34" t="s">
+        <v>210</v>
+      </c>
+      <c r="C34" t="s">
+        <v>135</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F34" t="s">
+        <v>41</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>136</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>138</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>41</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>136</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>215</v>
+      </c>
+      <c r="M35" t="s">
+        <v>138</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="B36" t="s">
+        <v>219</v>
+      </c>
+      <c r="C36" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>136</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>220</v>
+      </c>
+      <c r="M36" t="s">
+        <v>144</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>221</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>40</v>
+      </c>
+      <c r="F37" t="s">
+        <v>41</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>136</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>165</v>
+      </c>
+      <c r="M37" t="s">
+        <v>144</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P37" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>135</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>40</v>
+      </c>
+      <c r="F38" t="s">
+        <v>41</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>136</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>138</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>228</v>
+      </c>
+      <c r="P38" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>230</v>
+      </c>
+      <c r="B39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C39" t="s">
+        <v>232</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>151</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2024</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>233</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>234</v>
+      </c>
+      <c r="M39" t="s">
+        <v>235</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>236</v>
+      </c>
+      <c r="P39" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>238</v>
+      </c>
+      <c r="B40" t="s">
+        <v>239</v>
+      </c>
+      <c r="C40" t="s">
+        <v>240</v>
+      </c>
+      <c r="D40" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>151</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>117</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>241</v>
+      </c>
+      <c r="M40" t="s">
+        <v>242</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>243</v>
+      </c>
+      <c r="P40" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>245</v>
+      </c>
+      <c r="B41" t="s">
+        <v>246</v>
+      </c>
+      <c r="C41" t="s">
+        <v>247</v>
+      </c>
+      <c r="D41" t="s">
+        <v>48</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>65</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>248</v>
+      </c>
+      <c r="M41" t="s">
+        <v>249</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>250</v>
+      </c>
+      <c r="P41" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>252</v>
+      </c>
+      <c r="B42" t="s">
+        <v>253</v>
+      </c>
+      <c r="C42" t="s">
+        <v>247</v>
+      </c>
+      <c r="D42" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>60</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>65</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>254</v>
+      </c>
+      <c r="M42" t="s">
+        <v>249</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>255</v>
+      </c>
+      <c r="P42" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>257</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>259</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>151</v>
+      </c>
+      <c r="G43" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>136</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>260</v>
+      </c>
+      <c r="M43" t="s">
+        <v>261</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>262</v>
+      </c>
+      <c r="P43" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>264</v>
+      </c>
+      <c r="B44" t="s">
+        <v>265</v>
+      </c>
+      <c r="C44" t="s">
+        <v>266</v>
+      </c>
+      <c r="D44" t="s">
+        <v>267</v>
+      </c>
+      <c r="E44" t="s">
+        <v>40</v>
+      </c>
+      <c r="F44" t="s">
+        <v>268</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>269</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>270</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>273</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>266</v>
+      </c>
+      <c r="D45" t="s">
+        <v>275</v>
+      </c>
+      <c r="E45" t="s">
+        <v>40</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>269</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>270</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>276</v>
+      </c>
+      <c r="P45" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>278</v>
+      </c>
+      <c r="B46" t="s">
+        <v>279</v>
+      </c>
+      <c r="C46" t="s">
+        <v>266</v>
+      </c>
+      <c r="D46" t="s">
+        <v>267</v>
+      </c>
+      <c r="E46" t="s">
+        <v>280</v>
+      </c>
+      <c r="F46" t="s">
+        <v>268</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>269</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>270</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>284</v>
+      </c>
+      <c r="C47" t="s">
+        <v>266</v>
+      </c>
+      <c r="D47" t="s">
+        <v>267</v>
+      </c>
+      <c r="E47" t="s">
+        <v>40</v>
+      </c>
+      <c r="F47" t="s">
+        <v>268</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>269</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>270</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>285</v>
+      </c>
+      <c r="P47" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>287</v>
+      </c>
+      <c r="B48" t="s">
+        <v>288</v>
+      </c>
+      <c r="C48" t="s">
+        <v>184</v>
+      </c>
+      <c r="D48" t="s">
+        <v>289</v>
+      </c>
+      <c r="E48" t="s">
+        <v>40</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>136</v>
+      </c>
+      <c r="K48" t="s">
+        <v>290</v>
+      </c>
+      <c r="L48" t="s">
+        <v>291</v>
+      </c>
+      <c r="M48" t="s">
+        <v>292</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>293</v>
+      </c>
+      <c r="P48" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>295</v>
+      </c>
+      <c r="B49" t="s">
+        <v>296</v>
+      </c>
+      <c r="C49" t="s">
+        <v>297</v>
+      </c>
+      <c r="D49" t="s">
+        <v>32</v>
+      </c>
+      <c r="E49" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" t="s">
+        <v>41</v>
+      </c>
+      <c r="G49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>110</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>298</v>
+      </c>
+      <c r="M49" t="s">
+        <v>299</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>300</v>
+      </c>
+      <c r="P49" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>302</v>
+      </c>
+      <c r="B50" t="s">
+        <v>302</v>
+      </c>
+      <c r="C50" t="s">
+        <v>297</v>
+      </c>
+      <c r="D50" t="s">
+        <v>303</v>
+      </c>
+      <c r="E50" t="s">
+        <v>40</v>
+      </c>
+      <c r="F50" t="s">
+        <v>41</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>110</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>304</v>
+      </c>
+      <c r="M50" t="s">
+        <v>299</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>305</v>
+      </c>
+      <c r="P50" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>307</v>
+      </c>
+      <c r="B51" t="s">
+        <v>308</v>
+      </c>
+      <c r="C51" t="s">
+        <v>309</v>
+      </c>
+      <c r="D51" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F51" t="s">
+        <v>151</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>311</v>
+      </c>
+      <c r="K51" t="s">
+        <v>312</v>
+      </c>
+      <c r="L51" t="s">
+        <v>313</v>
+      </c>
+      <c r="M51" t="s">
+        <v>314</v>
+      </c>
+      <c r="N51" t="s">
+        <v>315</v>
+      </c>
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>320</v>
+      </c>
+      <c r="D52" t="s">
+        <v>32</v>
+      </c>
+      <c r="E52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" t="s">
+        <v>41</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>152</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>321</v>
+      </c>
+      <c r="M52" t="s">
+        <v>322</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>323</v>
+      </c>
+      <c r="P52" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>325</v>
+      </c>
+      <c r="B53" t="s">
+        <v>326</v>
+      </c>
+      <c r="C53" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>94</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>321</v>
+      </c>
+      <c r="M53" t="s">
+        <v>95</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>327</v>
+      </c>
+      <c r="P53" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>329</v>
+      </c>
+      <c r="B54" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>94</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>321</v>
+      </c>
+      <c r="M54" t="s">
+        <v>95</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>331</v>
+      </c>
+      <c r="P54" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>333</v>
+      </c>
+      <c r="B55" t="s">
+        <v>334</v>
+      </c>
+      <c r="C55" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>94</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>321</v>
+      </c>
+      <c r="M55" t="s">
+        <v>95</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>335</v>
+      </c>
+      <c r="P55" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>337</v>
+      </c>
+      <c r="B56" t="s">
+        <v>338</v>
+      </c>
+      <c r="C56" t="s">
+        <v>266</v>
+      </c>
+      <c r="D56" t="s">
+        <v>32</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>41</v>
+      </c>
+      <c r="G56" t="s">
+        <v>33</v>
+      </c>
+      <c r="H56">
+        <v>2003</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>339</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>340</v>
+      </c>
+      <c r="M56" t="s">
+        <v>341</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>342</v>
+      </c>
+      <c r="P56" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>344</v>
+      </c>
+      <c r="B57" t="s">
+        <v>345</v>
+      </c>
+      <c r="C57" t="s">
+        <v>266</v>
+      </c>
+      <c r="D57" t="s">
+        <v>32</v>
+      </c>
+      <c r="E57" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>339</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>346</v>
+      </c>
+      <c r="M57" t="s">
+        <v>341</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>347</v>
+      </c>
+      <c r="P57" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>349</v>
+      </c>
+      <c r="B58" t="s">
+        <v>350</v>
+      </c>
+      <c r="C58" t="s">
+        <v>266</v>
+      </c>
+      <c r="D58" t="s">
+        <v>32</v>
+      </c>
+      <c r="E58" t="s">
+        <v>40</v>
+      </c>
+      <c r="F58" t="s">
+        <v>41</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>339</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>351</v>
+      </c>
+      <c r="M58" t="s">
+        <v>341</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>352</v>
+      </c>
+      <c r="P58" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>354</v>
+      </c>
+      <c r="B59" t="s">
+        <v>355</v>
+      </c>
+      <c r="C59" t="s">
+        <v>54</v>
+      </c>
+      <c r="D59" t="s">
+        <v>356</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>55</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59"/>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>357</v>
+      </c>
+      <c r="P59" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>359</v>
+      </c>
+      <c r="B60" t="s">
+        <v>360</v>
+      </c>
+      <c r="C60" t="s">
+        <v>361</v>
+      </c>
+      <c r="D60" t="s">
+        <v>32</v>
+      </c>
+      <c r="E60" t="s">
+        <v>40</v>
+      </c>
+      <c r="F60" t="s">
+        <v>41</v>
+      </c>
+      <c r="G60" t="s">
+        <v>33</v>
+      </c>
+      <c r="H60">
+        <v>2006</v>
+      </c>
+      <c r="I60">
+        <v>2020</v>
+      </c>
+      <c r="J60" t="s">
+        <v>362</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>215</v>
+      </c>
+      <c r="M60" t="s">
+        <v>363</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>364</v>
+      </c>
+      <c r="P60" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>366</v>
+      </c>
+      <c r="B61" t="s">
+        <v>367</v>
+      </c>
+      <c r="C61" t="s">
+        <v>361</v>
+      </c>
+      <c r="D61" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F61" t="s">
+        <v>41</v>
+      </c>
+      <c r="G61" t="s">
+        <v>33</v>
+      </c>
+      <c r="H61">
+        <v>2003</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>362</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>363</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>368</v>
+      </c>
+      <c r="P61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>370</v>
+      </c>
+      <c r="B62" t="s">
+        <v>371</v>
+      </c>
+      <c r="C62" t="s">
+        <v>361</v>
+      </c>
+      <c r="D62" t="s">
+        <v>32</v>
+      </c>
+      <c r="E62" t="s">
+        <v>40</v>
+      </c>
+      <c r="F62" t="s">
+        <v>41</v>
+      </c>
+      <c r="G62" t="s">
+        <v>33</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2020</v>
+      </c>
+      <c r="J62" t="s">
+        <v>362</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>215</v>
+      </c>
+      <c r="M62" t="s">
+        <v>363</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>372</v>
+      </c>
+      <c r="P62" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>374</v>
+      </c>
+      <c r="B63" t="s">
+        <v>375</v>
+      </c>
+      <c r="C63" t="s">
+        <v>361</v>
+      </c>
+      <c r="D63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E63" t="s">
+        <v>40</v>
+      </c>
+      <c r="F63" t="s">
+        <v>41</v>
+      </c>
+      <c r="G63" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63">
+        <v>2000</v>
+      </c>
+      <c r="I63">
+        <v>2020</v>
+      </c>
+      <c r="J63" t="s">
+        <v>362</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>215</v>
+      </c>
+      <c r="M63" t="s">
+        <v>363</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>376</v>
+      </c>
+      <c r="P63" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>378</v>
+      </c>
+      <c r="B64" t="s">
+        <v>379</v>
+      </c>
+      <c r="C64" t="s">
+        <v>361</v>
+      </c>
+      <c r="D64" t="s">
+        <v>32</v>
+      </c>
+      <c r="E64" t="s">
+        <v>40</v>
+      </c>
+      <c r="F64" t="s">
+        <v>41</v>
+      </c>
+      <c r="G64" t="s">
+        <v>33</v>
+      </c>
+      <c r="H64">
+        <v>2002</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>362</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>215</v>
+      </c>
+      <c r="M64" t="s">
+        <v>363</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>380</v>
+      </c>
+      <c r="P64" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>382</v>
+      </c>
+      <c r="B65" t="s">
+        <v>383</v>
+      </c>
+      <c r="C65" t="s">
+        <v>384</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>40</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...16 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G65" t="s">
+        <v>385</v>
+      </c>
+      <c r="H65">
+        <v>2021</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>200</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>386</v>
+      </c>
+      <c r="M65" t="s">
+        <v>387</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>388</v>
+      </c>
+      <c r="P65" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>390</v>
+      </c>
+      <c r="B66" t="s">
+        <v>391</v>
+      </c>
+      <c r="C66" t="s">
+        <v>384</v>
+      </c>
+      <c r="D66" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>40</v>
+      </c>
+      <c r="F66" t="s">
+        <v>268</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>200</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>386</v>
+      </c>
+      <c r="M66" t="s">
+        <v>387</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>392</v>
+      </c>
+      <c r="P66" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>394</v>
+      </c>
+      <c r="B67" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" t="s">
+        <v>396</v>
+      </c>
+      <c r="D67" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...14 lines deleted...]
-      <c r="H4">
+      <c r="E67" t="s">
+        <v>40</v>
+      </c>
+      <c r="F67" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...47 lines deleted...]
-      <c r="K5" t="s">
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>42</v>
       </c>
-      <c r="L5"/>
-[...2626 lines deleted...]
-      <c r="K67"/>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
       <c r="L67"/>
-      <c r="M67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M67"/>
       <c r="N67" t="s">
-        <v>272</v>
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>398</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>