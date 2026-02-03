--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,657 +12,914 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -926,2011 +1183,2282 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2000</v>
+      </c>
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>93</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F18" t="s">
+        <v>120</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>120</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>91</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>127</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>125</v>
+      </c>
+      <c r="D21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>120</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21">
+        <v>1990</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>91</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>127</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>91</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>127</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>91</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" t="s">
+        <v>145</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" t="s">
+        <v>149</v>
+      </c>
+      <c r="C24" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>91</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>150</v>
+      </c>
+      <c r="M24" t="s">
+        <v>93</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>91</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>110</v>
+      </c>
+      <c r="M25" t="s">
+        <v>93</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>154</v>
+      </c>
+      <c r="P25" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>156</v>
+      </c>
+      <c r="B26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" t="s">
+        <v>90</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>91</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>162</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>163</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
+        <v>71</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>164</v>
+      </c>
+      <c r="M27" t="s">
+        <v>165</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>166</v>
+      </c>
+      <c r="P27" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>168</v>
+      </c>
+      <c r="B28" t="s">
+        <v>169</v>
+      </c>
+      <c r="C28" t="s">
+        <v>170</v>
+      </c>
+      <c r="D28" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>172</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>173</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>174</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>178</v>
+      </c>
+      <c r="C29" t="s">
+        <v>170</v>
+      </c>
+      <c r="D29" t="s">
+        <v>179</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>172</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>173</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>174</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>180</v>
+      </c>
+      <c r="P29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>182</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>170</v>
+      </c>
+      <c r="D30" t="s">
+        <v>179</v>
+      </c>
+      <c r="E30" t="s">
+        <v>184</v>
+      </c>
+      <c r="F30" t="s">
+        <v>172</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>173</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>174</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>170</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>172</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>173</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>174</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>194</v>
+      </c>
+      <c r="L32" t="s">
+        <v>195</v>
+      </c>
+      <c r="M32" t="s">
+        <v>196</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>197</v>
+      </c>
+      <c r="P32" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>199</v>
+      </c>
+      <c r="B33" t="s">
+        <v>200</v>
+      </c>
+      <c r="C33" t="s">
+        <v>201</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...25 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H33">
+        <v>2006</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>202</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>203</v>
+      </c>
+      <c r="M33" t="s">
+        <v>204</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>209</v>
+      </c>
+      <c r="D34" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>108</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>211</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" t="s">
+        <v>216</v>
+      </c>
+      <c r="D35" t="s">
+        <v>217</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>218</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>219</v>
+      </c>
+      <c r="M35" t="s">
+        <v>220</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>221</v>
+      </c>
+      <c r="P35" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>223</v>
+      </c>
+      <c r="B36" t="s">
+        <v>224</v>
+      </c>
+      <c r="C36" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>56</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>210</v>
+      </c>
+      <c r="M36" t="s">
+        <v>57</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>227</v>
+      </c>
+      <c r="B37" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" t="s">
+        <v>53</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>56</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>210</v>
+      </c>
+      <c r="M37" t="s">
+        <v>57</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>233</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>234</v>
+      </c>
+      <c r="M38" t="s">
+        <v>235</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>238</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>70</v>
+      </c>
+      <c r="H39">
+        <v>2018</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>233</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>240</v>
+      </c>
+      <c r="M39" t="s">
+        <v>235</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>243</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>70</v>
+      </c>
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>233</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>245</v>
+      </c>
+      <c r="M40" t="s">
+        <v>235</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>250</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2006</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>251</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>144</v>
+      </c>
+      <c r="M41" t="s">
+        <v>252</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>253</v>
+      </c>
+      <c r="P41" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" t="s">
+        <v>250</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>251</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>144</v>
+      </c>
+      <c r="M42" t="s">
+        <v>252</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>257</v>
+      </c>
+      <c r="P42" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>259</v>
+      </c>
+      <c r="B43" t="s">
+        <v>260</v>
+      </c>
+      <c r="C43" t="s">
+        <v>250</v>
+      </c>
+      <c r="D43" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>251</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>144</v>
+      </c>
+      <c r="M43" t="s">
+        <v>252</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>261</v>
+      </c>
+      <c r="P43" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>263</v>
+      </c>
+      <c r="B44" t="s">
+        <v>264</v>
+      </c>
+      <c r="C44" t="s">
+        <v>250</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>251</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>144</v>
+      </c>
+      <c r="M44" t="s">
+        <v>252</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>265</v>
+      </c>
+      <c r="P44" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>267</v>
+      </c>
+      <c r="B45" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" t="s">
+        <v>269</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>120</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...47 lines deleted...]
-      <c r="K4" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>35</v>
       </c>
-      <c r="L4" t="s">
-[...1730 lines deleted...]
-      <c r="K45"/>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
       <c r="L45"/>
-      <c r="M45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M45"/>
       <c r="N45" t="s">
-        <v>187</v>
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>270</v>
+      </c>
+      <c r="P45" t="s">
+        <v>271</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>