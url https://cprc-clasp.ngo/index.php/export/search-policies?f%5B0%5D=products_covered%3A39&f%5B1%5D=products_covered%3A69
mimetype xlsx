--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,1115 +12,1572 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="484">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1384,3373 +1841,3836 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N77"/>
+  <dimension ref="A1:P77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...171 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>71</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>71</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>62</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>62</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>71</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>128</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>128</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>166</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>167</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>144</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24" t="s">
+        <v>145</v>
+      </c>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2011</v>
+      </c>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>62</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>86</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>186</v>
+      </c>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>71</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2001</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>86</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>198</v>
+      </c>
+      <c r="D28" t="s">
+        <v>69</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>62</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>86</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" t="s">
+        <v>199</v>
+      </c>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29" t="s">
         <v>55</v>
       </c>
-      <c r="B8" t="s">
-[...17 lines deleted...]
-      <c r="H8">
+      <c r="M29" t="s">
+        <v>56</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>69</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>207</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+      <c r="K30" t="s">
+        <v>208</v>
+      </c>
+      <c r="L30" t="s">
+        <v>209</v>
+      </c>
+      <c r="M30" t="s">
+        <v>210</v>
+      </c>
+      <c r="N30" t="s">
+        <v>71</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31">
         <v>2019</v>
       </c>
-      <c r="I8" t="s">
-[...105 lines deleted...]
-      <c r="A11" t="s">
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>215</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
         <v>71</v>
       </c>
-      <c r="B11" t="s">
-[...883 lines deleted...]
-    <row r="32" spans="1:14">
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>162</v>
+        <v>220</v>
       </c>
       <c r="B32" t="s">
-        <v>163</v>
+        <v>221</v>
       </c>
       <c r="C32" t="s">
-        <v>164</v>
+        <v>222</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E32" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
-      <c r="I32" t="s">
-        <v>30</v>
+      <c r="I32">
+        <v>2019</v>
       </c>
       <c r="J32" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K32" t="s">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="L32" t="s">
-        <v>166</v>
+        <v>224</v>
       </c>
       <c r="M32" t="s">
+        <v>225</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>226</v>
+      </c>
+      <c r="P32" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>228</v>
+      </c>
+      <c r="B33" t="s">
+        <v>229</v>
+      </c>
+      <c r="C33" t="s">
+        <v>230</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1989</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>231</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>232</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>230</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>1989</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>144</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>1989</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>144</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>230</v>
+      </c>
+      <c r="D36" t="s">
+        <v>69</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>1987</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>144</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>249</v>
+      </c>
+      <c r="D37" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2005</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>250</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>251</v>
+      </c>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>253</v>
+      </c>
+      <c r="P37" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>255</v>
+      </c>
+      <c r="B38" t="s">
+        <v>256</v>
+      </c>
+      <c r="C38" t="s">
+        <v>143</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>144</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>143</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>144</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>263</v>
+      </c>
+      <c r="M39" t="s">
+        <v>146</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>264</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>265</v>
+      </c>
+      <c r="B40" t="s">
+        <v>266</v>
+      </c>
+      <c r="C40" t="s">
+        <v>143</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>144</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" t="s">
+        <v>187</v>
+      </c>
+      <c r="M40" t="s">
+        <v>146</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>267</v>
+      </c>
+      <c r="P40" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>269</v>
+      </c>
+      <c r="B41" t="s">
+        <v>270</v>
+      </c>
+      <c r="C41" t="s">
+        <v>143</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>62</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2000</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>144</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>258</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>271</v>
+      </c>
+      <c r="P41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" t="s">
+        <v>274</v>
+      </c>
+      <c r="C42" t="s">
+        <v>275</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>167</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
+      <c r="J42" t="s">
+        <v>128</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42" t="s">
+        <v>276</v>
+      </c>
+      <c r="M42" t="s">
+        <v>277</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>278</v>
+      </c>
+      <c r="P42" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>275</v>
+      </c>
+      <c r="D43" t="s">
+        <v>69</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>45</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>128</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>277</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>282</v>
+      </c>
+      <c r="P43" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>283</v>
+      </c>
+      <c r="B44" t="s">
+        <v>284</v>
+      </c>
+      <c r="C44" t="s">
+        <v>285</v>
+      </c>
+      <c r="D44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>86</v>
+      </c>
+      <c r="K44" t="s">
+        <v>208</v>
+      </c>
+      <c r="L44" t="s">
+        <v>286</v>
+      </c>
+      <c r="M44" t="s">
+        <v>287</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>288</v>
+      </c>
+      <c r="P44" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>290</v>
+      </c>
+      <c r="B45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>69</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>86</v>
+      </c>
+      <c r="K45" t="s">
+        <v>208</v>
+      </c>
+      <c r="L45" t="s">
+        <v>292</v>
+      </c>
+      <c r="M45" t="s">
+        <v>287</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>293</v>
+      </c>
+      <c r="P45" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>295</v>
+      </c>
+      <c r="B46" t="s">
+        <v>296</v>
+      </c>
+      <c r="C46" t="s">
+        <v>297</v>
+      </c>
+      <c r="D46" t="s">
+        <v>69</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>1987</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>144</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>298</v>
+      </c>
+      <c r="M46" t="s">
+        <v>299</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>302</v>
+      </c>
+      <c r="B47" t="s">
+        <v>303</v>
+      </c>
+      <c r="C47" t="s">
+        <v>127</v>
+      </c>
+      <c r="D47" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2007</v>
+      </c>
+      <c r="J47" t="s">
+        <v>128</v>
+      </c>
+      <c r="K47" t="s">
+        <v>46</v>
+      </c>
+      <c r="L47" t="s">
+        <v>151</v>
+      </c>
+      <c r="M47" t="s">
+        <v>129</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>304</v>
+      </c>
+      <c r="P47" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>306</v>
+      </c>
+      <c r="B48" t="s">
+        <v>307</v>
+      </c>
+      <c r="C48" t="s">
+        <v>308</v>
+      </c>
+      <c r="D48" t="s">
+        <v>309</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>310</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>311</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>312</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>313</v>
+      </c>
+      <c r="P48" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>315</v>
+      </c>
+      <c r="B49" t="s">
+        <v>316</v>
+      </c>
+      <c r="C49" t="s">
+        <v>308</v>
+      </c>
+      <c r="D49" t="s">
+        <v>309</v>
+      </c>
+      <c r="E49" t="s">
+        <v>317</v>
+      </c>
+      <c r="F49" t="s">
+        <v>310</v>
+      </c>
+      <c r="G49" t="s">
+        <v>45</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>311</v>
+      </c>
+      <c r="K49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>312</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>318</v>
+      </c>
+      <c r="P49" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>320</v>
+      </c>
+      <c r="B50" t="s">
+        <v>321</v>
+      </c>
+      <c r="C50" t="s">
+        <v>308</v>
+      </c>
+      <c r="D50" t="s">
+        <v>309</v>
+      </c>
+      <c r="E50" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>310</v>
+      </c>
+      <c r="G50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>311</v>
+      </c>
+      <c r="K50" t="s">
+        <v>46</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>312</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>322</v>
+      </c>
+      <c r="P50" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>324</v>
+      </c>
+      <c r="B51" t="s">
+        <v>325</v>
+      </c>
+      <c r="C51" t="s">
+        <v>230</v>
+      </c>
+      <c r="D51" t="s">
+        <v>326</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>45</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>144</v>
+      </c>
+      <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="N32" t="s">
+      <c r="L51" t="s">
+        <v>327</v>
+      </c>
+      <c r="M51" t="s">
+        <v>328</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>329</v>
+      </c>
+      <c r="P51" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>331</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52" t="s">
+        <v>222</v>
+      </c>
+      <c r="D52" t="s">
+        <v>69</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>45</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>46</v>
+      </c>
+      <c r="L52" t="s">
+        <v>333</v>
+      </c>
+      <c r="M52" t="s">
+        <v>225</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>334</v>
+      </c>
+      <c r="P52" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>336</v>
+      </c>
+      <c r="B53" t="s">
+        <v>337</v>
+      </c>
+      <c r="C53" t="s">
+        <v>338</v>
+      </c>
+      <c r="D53" t="s">
+        <v>69</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>62</v>
+      </c>
+      <c r="G53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>121</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>339</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>340</v>
+      </c>
+      <c r="P53" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>342</v>
+      </c>
+      <c r="B54" t="s">
+        <v>343</v>
+      </c>
+      <c r="C54" t="s">
+        <v>338</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>62</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2006</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>121</v>
+      </c>
+      <c r="K54" t="s">
+        <v>46</v>
+      </c>
+      <c r="L54" t="s">
+        <v>344</v>
+      </c>
+      <c r="M54" t="s">
+        <v>339</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>345</v>
+      </c>
+      <c r="P54" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>348</v>
+      </c>
+      <c r="C55" t="s">
+        <v>349</v>
+      </c>
+      <c r="D55" t="s">
+        <v>350</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>167</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H33">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>351</v>
+      </c>
+      <c r="K55" t="s">
+        <v>352</v>
+      </c>
+      <c r="L55" t="s">
+        <v>353</v>
+      </c>
+      <c r="M55" t="s">
+        <v>354</v>
+      </c>
+      <c r="N55" t="s">
+        <v>355</v>
+      </c>
+      <c r="O55" t="s">
+        <v>356</v>
+      </c>
+      <c r="P55" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>358</v>
+      </c>
+      <c r="B56" t="s">
+        <v>359</v>
+      </c>
+      <c r="C56" t="s">
+        <v>360</v>
+      </c>
+      <c r="D56" t="s">
+        <v>69</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>45</v>
+      </c>
+      <c r="H56">
+        <v>2019</v>
+      </c>
+      <c r="I56">
+        <v>2020</v>
+      </c>
+      <c r="J56" t="s">
+        <v>180</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>362</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>363</v>
+      </c>
+      <c r="P56" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>365</v>
+      </c>
+      <c r="B57" t="s">
+        <v>366</v>
+      </c>
+      <c r="C57" t="s">
+        <v>367</v>
+      </c>
+      <c r="D57" t="s">
+        <v>69</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
+        <v>2017</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>180</v>
+      </c>
+      <c r="K57" t="s">
+        <v>46</v>
+      </c>
+      <c r="L57" t="s">
+        <v>368</v>
+      </c>
+      <c r="M57" t="s">
+        <v>369</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B58" t="s">
+        <v>373</v>
+      </c>
+      <c r="C58" t="s">
+        <v>374</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" t="s">
+        <v>62</v>
+      </c>
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>158</v>
+      </c>
+      <c r="K58" t="s">
+        <v>46</v>
+      </c>
+      <c r="L58" t="s">
+        <v>375</v>
+      </c>
+      <c r="M58" t="s">
+        <v>376</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>377</v>
+      </c>
+      <c r="P58" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>379</v>
+      </c>
+      <c r="B59" t="s">
+        <v>380</v>
+      </c>
+      <c r="C59" t="s">
+        <v>381</v>
+      </c>
+      <c r="D59" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>62</v>
+      </c>
+      <c r="G59" t="s">
+        <v>45</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>128</v>
+      </c>
+      <c r="K59" t="s">
+        <v>46</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>382</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>383</v>
+      </c>
+      <c r="P59" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>385</v>
+      </c>
+      <c r="B60" t="s">
+        <v>386</v>
+      </c>
+      <c r="C60" t="s">
+        <v>103</v>
+      </c>
+      <c r="D60" t="s">
+        <v>53</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
-[...140 lines deleted...]
-      <c r="B37" t="s">
+      <c r="J60" t="s">
+        <v>106</v>
+      </c>
+      <c r="K60" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60" t="s">
+        <v>375</v>
+      </c>
+      <c r="M60" t="s">
+        <v>107</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>387</v>
+      </c>
+      <c r="P60" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>389</v>
+      </c>
+      <c r="B61" t="s">
+        <v>390</v>
+      </c>
+      <c r="C61" t="s">
+        <v>103</v>
+      </c>
+      <c r="D61" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>45</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>106</v>
+      </c>
+      <c r="K61" t="s">
+        <v>46</v>
+      </c>
+      <c r="L61" t="s">
+        <v>375</v>
+      </c>
+      <c r="M61" t="s">
+        <v>107</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>391</v>
+      </c>
+      <c r="P61" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>393</v>
+      </c>
+      <c r="B62" t="s">
+        <v>394</v>
+      </c>
+      <c r="C62" t="s">
+        <v>308</v>
+      </c>
+      <c r="D62" t="s">
+        <v>69</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>62</v>
+      </c>
+      <c r="G62" t="s">
+        <v>45</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>395</v>
+      </c>
+      <c r="K62" t="s">
+        <v>46</v>
+      </c>
+      <c r="L62" t="s">
+        <v>396</v>
+      </c>
+      <c r="M62" t="s">
+        <v>397</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>398</v>
+      </c>
+      <c r="P62" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>400</v>
+      </c>
+      <c r="B63" t="s">
+        <v>401</v>
+      </c>
+      <c r="C63" t="s">
+        <v>308</v>
+      </c>
+      <c r="D63" t="s">
+        <v>53</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>62</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2003</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>402</v>
+      </c>
+      <c r="K63" t="s">
+        <v>46</v>
+      </c>
+      <c r="L63" t="s">
+        <v>403</v>
+      </c>
+      <c r="M63" t="s">
+        <v>397</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>404</v>
+      </c>
+      <c r="P63" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>406</v>
+      </c>
+      <c r="B64" t="s">
+        <v>407</v>
+      </c>
+      <c r="C64" t="s">
+        <v>308</v>
+      </c>
+      <c r="D64" t="s">
+        <v>53</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>62</v>
+      </c>
+      <c r="G64" t="s">
+        <v>45</v>
+      </c>
+      <c r="H64">
+        <v>2018</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>402</v>
+      </c>
+      <c r="K64" t="s">
+        <v>46</v>
+      </c>
+      <c r="L64" t="s">
+        <v>408</v>
+      </c>
+      <c r="M64" t="s">
+        <v>397</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>409</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B65" t="s">
+        <v>412</v>
+      </c>
+      <c r="C65" t="s">
+        <v>308</v>
+      </c>
+      <c r="D65" t="s">
+        <v>53</v>
+      </c>
+      <c r="E65" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" t="s">
+        <v>62</v>
+      </c>
+      <c r="G65" t="s">
+        <v>45</v>
+      </c>
+      <c r="H65">
+        <v>2018</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>402</v>
+      </c>
+      <c r="K65" t="s">
+        <v>46</v>
+      </c>
+      <c r="L65" t="s">
+        <v>413</v>
+      </c>
+      <c r="M65" t="s">
+        <v>397</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>414</v>
+      </c>
+      <c r="P65" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>75</v>
+      </c>
+      <c r="D66" t="s">
+        <v>69</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>45</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>76</v>
+      </c>
+      <c r="K66" t="s">
+        <v>46</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66"/>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" t="s">
+        <v>422</v>
+      </c>
+      <c r="D67" t="s">
+        <v>53</v>
+      </c>
+      <c r="E67" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
+        <v>62</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2006</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>395</v>
+      </c>
+      <c r="K67" t="s">
+        <v>46</v>
+      </c>
+      <c r="L67" t="s">
+        <v>257</v>
+      </c>
+      <c r="M67" t="s">
+        <v>423</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>424</v>
+      </c>
+      <c r="P67" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" t="s">
+        <v>422</v>
+      </c>
+      <c r="D68" t="s">
+        <v>53</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>62</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2001</v>
+      </c>
+      <c r="I68">
+        <v>2020</v>
+      </c>
+      <c r="J68" t="s">
+        <v>395</v>
+      </c>
+      <c r="K68" t="s">
+        <v>46</v>
+      </c>
+      <c r="L68" t="s">
+        <v>257</v>
+      </c>
+      <c r="M68" t="s">
+        <v>423</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>428</v>
+      </c>
+      <c r="P68" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>430</v>
+      </c>
+      <c r="B69" t="s">
+        <v>431</v>
+      </c>
+      <c r="C69" t="s">
+        <v>422</v>
+      </c>
+      <c r="D69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E69" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" t="s">
+        <v>62</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2000</v>
+      </c>
+      <c r="I69">
+        <v>2020</v>
+      </c>
+      <c r="J69" t="s">
+        <v>395</v>
+      </c>
+      <c r="K69" t="s">
+        <v>46</v>
+      </c>
+      <c r="L69" t="s">
+        <v>257</v>
+      </c>
+      <c r="M69" t="s">
+        <v>423</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>432</v>
+      </c>
+      <c r="P69" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>434</v>
+      </c>
+      <c r="B70" t="s">
+        <v>435</v>
+      </c>
+      <c r="C70" t="s">
+        <v>422</v>
+      </c>
+      <c r="D70" t="s">
+        <v>53</v>
+      </c>
+      <c r="E70" t="s">
+        <v>33</v>
+      </c>
+      <c r="F70" t="s">
+        <v>62</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>395</v>
+      </c>
+      <c r="K70" t="s">
+        <v>46</v>
+      </c>
+      <c r="L70" t="s">
+        <v>257</v>
+      </c>
+      <c r="M70" t="s">
+        <v>423</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>436</v>
+      </c>
+      <c r="P70" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>438</v>
+      </c>
+      <c r="B71" t="s">
+        <v>439</v>
+      </c>
+      <c r="C71" t="s">
+        <v>440</v>
+      </c>
+      <c r="D71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E71" t="s">
+        <v>33</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2011</v>
+      </c>
+      <c r="I71">
+        <v>2021</v>
+      </c>
+      <c r="J71" t="s">
+        <v>250</v>
+      </c>
+      <c r="K71" t="s">
+        <v>46</v>
+      </c>
+      <c r="L71" t="s">
+        <v>441</v>
+      </c>
+      <c r="M71" t="s">
+        <v>442</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>443</v>
+      </c>
+      <c r="P71" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>445</v>
+      </c>
+      <c r="B72" t="s">
+        <v>446</v>
+      </c>
+      <c r="C72" t="s">
+        <v>440</v>
+      </c>
+      <c r="D72" t="s">
+        <v>69</v>
+      </c>
+      <c r="E72" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2002</v>
+      </c>
+      <c r="I72">
+        <v>2021</v>
+      </c>
+      <c r="J72" t="s">
+        <v>250</v>
+      </c>
+      <c r="K72" t="s">
+        <v>46</v>
+      </c>
+      <c r="L72" t="s">
+        <v>447</v>
+      </c>
+      <c r="M72" t="s">
+        <v>442</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>448</v>
+      </c>
+      <c r="P72" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>450</v>
+      </c>
+      <c r="B73" t="s">
+        <v>451</v>
+      </c>
+      <c r="C73" t="s">
+        <v>452</v>
+      </c>
+      <c r="D73" t="s">
+        <v>69</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>167</v>
+      </c>
+      <c r="G73" t="s">
+        <v>45</v>
+      </c>
+      <c r="H73">
+        <v>2016</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>86</v>
+      </c>
+      <c r="K73" t="s">
+        <v>46</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>453</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>454</v>
+      </c>
+      <c r="P73" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>456</v>
+      </c>
+      <c r="B74" t="s">
+        <v>457</v>
+      </c>
+      <c r="C74" t="s">
+        <v>458</v>
+      </c>
+      <c r="D74" t="s">
+        <v>459</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>167</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2012</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
         <v>180</v>
       </c>
-      <c r="C37" t="s">
-[...14 lines deleted...]
-      <c r="H37">
+      <c r="K74" t="s">
+        <v>46</v>
+      </c>
+      <c r="L74" t="s">
+        <v>460</v>
+      </c>
+      <c r="M74" t="s">
+        <v>461</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>462</v>
+      </c>
+      <c r="P74" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>464</v>
+      </c>
+      <c r="B75" t="s">
+        <v>465</v>
+      </c>
+      <c r="C75" t="s">
+        <v>466</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>45</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>63</v>
+      </c>
+      <c r="K75" t="s">
+        <v>46</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75"/>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>467</v>
+      </c>
+      <c r="P75" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>469</v>
+      </c>
+      <c r="B76" t="s">
+        <v>470</v>
+      </c>
+      <c r="C76" t="s">
+        <v>249</v>
+      </c>
+      <c r="D76" t="s">
+        <v>471</v>
+      </c>
+      <c r="E76" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2015</v>
       </c>
-      <c r="I37" t="s">
-[...631 lines deleted...]
-      <c r="G52">
+      <c r="I76">
+        <v>2016</v>
+      </c>
+      <c r="J76" t="s">
+        <v>351</v>
+      </c>
+      <c r="K76" t="s">
+        <v>472</v>
+      </c>
+      <c r="L76" t="s">
+        <v>473</v>
+      </c>
+      <c r="M76" t="s">
+        <v>474</v>
+      </c>
+      <c r="N76" t="s">
+        <v>475</v>
+      </c>
+      <c r="O76" t="s">
+        <v>476</v>
+      </c>
+      <c r="P76" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>478</v>
+      </c>
+      <c r="B77" t="s">
+        <v>479</v>
+      </c>
+      <c r="C77" t="s">
+        <v>374</v>
+      </c>
+      <c r="D77" t="s">
+        <v>480</v>
+      </c>
+      <c r="E77" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" t="s">
+        <v>62</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2011</v>
       </c>
-      <c r="H52"/>
-[...122 lines deleted...]
-      <c r="G55">
+      <c r="I77">
         <v>2017</v>
       </c>
-      <c r="H55">
-[...942 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>327</v>
-[...4 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="K77" t="s">
+        <v>472</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>330</v>
+        <v>481</v>
       </c>
       <c r="N77" t="s">
-        <v>335</v>
+        <v>475</v>
+      </c>
+      <c r="O77" t="s">
+        <v>482</v>
+      </c>
+      <c r="P77" t="s">
+        <v>483</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>