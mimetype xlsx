--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -622,69 +622,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -2911,51 +2911,51 @@
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>201</v>
       </c>
       <c r="B32" t="s">
         <v>202</v>
       </c>
       <c r="C32" t="s">
         <v>203</v>
       </c>
       <c r="D32" t="s">
         <v>204</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>43</v>
       </c>
       <c r="H32">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>205</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>206</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>207</v>
       </c>
       <c r="P32" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>209</v>