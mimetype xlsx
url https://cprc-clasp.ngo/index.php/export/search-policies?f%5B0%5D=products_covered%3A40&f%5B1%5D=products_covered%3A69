--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,1978 +12,2872 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="604">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2247,6547 +3141,7460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N152"/>
+  <dimension ref="A1:P152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14" t="s">
+        <v>78</v>
+      </c>
+      <c r="M14" t="s">
+        <v>94</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...14 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>34</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
         <v>43</v>
       </c>
-    </row>
-[...450 lines deleted...]
-      <c r="H15">
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1997</v>
+      </c>
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K17"/>
+        <v>118</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
       <c r="L17"/>
       <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>131</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1997</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>131</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>118</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>120</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>124</v>
+      </c>
+      <c r="D21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>118</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>120</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>125</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" t="s">
+        <v>106</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
         <v>100</v>
       </c>
-      <c r="N17" t="s">
-[...10 lines deleted...]
-      <c r="C18" t="s">
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" t="s">
+        <v>159</v>
+      </c>
+      <c r="M24" t="s">
+        <v>160</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>165</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25" t="s">
+        <v>78</v>
+      </c>
+      <c r="M25" t="s">
+        <v>160</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>172</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>175</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>106</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>160</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
+        <v>106</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" t="s">
+        <v>160</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" t="s">
+        <v>92</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>100</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>160</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" t="s">
+        <v>130</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>100</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
+      <c r="M30" t="s">
+        <v>160</v>
+      </c>
+      <c r="N30" t="s">
+        <v>131</v>
+      </c>
+      <c r="O30" t="s">
+        <v>193</v>
+      </c>
+      <c r="P30" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>195</v>
+      </c>
+      <c r="B31" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>199</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2023</v>
+      </c>
+      <c r="J31" t="s">
+        <v>200</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>201</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
+        <v>206</v>
+      </c>
+      <c r="D32" t="s">
+        <v>207</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>200</v>
+      </c>
+      <c r="K32" t="s">
+        <v>47</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>208</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>209</v>
+      </c>
+      <c r="P32" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>211</v>
+      </c>
+      <c r="B33" t="s">
+        <v>212</v>
+      </c>
+      <c r="C33" t="s">
+        <v>213</v>
+      </c>
+      <c r="D33" t="s">
+        <v>92</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>214</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>219</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>220</v>
+      </c>
+      <c r="F34" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" t="s">
+        <v>222</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>56</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34" t="s">
+        <v>223</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>229</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>222</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>231</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>233</v>
+      </c>
+      <c r="P35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" t="s">
+        <v>236</v>
+      </c>
+      <c r="C36" t="s">
+        <v>229</v>
+      </c>
+      <c r="D36" t="s">
+        <v>130</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>222</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>231</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>241</v>
+      </c>
+      <c r="D37" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>222</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>242</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+      <c r="L37" t="s">
+        <v>243</v>
+      </c>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>249</v>
+      </c>
+      <c r="D38" t="s">
+        <v>250</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>45</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>251</v>
+      </c>
+      <c r="K38" t="s">
+        <v>47</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>252</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>253</v>
+      </c>
+      <c r="P38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" t="s">
+        <v>249</v>
+      </c>
+      <c r="D39" t="s">
+        <v>257</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>251</v>
+      </c>
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>252</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>259</v>
+      </c>
+      <c r="B40" t="s">
+        <v>260</v>
+      </c>
+      <c r="C40" t="s">
+        <v>249</v>
+      </c>
+      <c r="D40" t="s">
+        <v>106</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>251</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>252</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>261</v>
+      </c>
+      <c r="P40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>262</v>
+      </c>
+      <c r="B41" t="s">
+        <v>263</v>
+      </c>
+      <c r="C41" t="s">
+        <v>249</v>
+      </c>
+      <c r="D41" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
-[...92 lines deleted...]
-      <c r="G20">
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>45</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
         <v>2010</v>
       </c>
-      <c r="H20">
-[...202 lines deleted...]
-      <c r="G25">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>251</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>252</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>265</v>
+      </c>
+      <c r="B42" t="s">
+        <v>266</v>
+      </c>
+      <c r="C42" t="s">
+        <v>249</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>45</v>
+      </c>
+      <c r="G42" t="s">
+        <v>55</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>251</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>252</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>267</v>
+      </c>
+      <c r="P42" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>270</v>
+      </c>
+      <c r="D43" t="s">
+        <v>271</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>221</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>56</v>
+      </c>
+      <c r="K43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L43" t="s">
+        <v>272</v>
+      </c>
+      <c r="M43" t="s">
+        <v>273</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>278</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2002</v>
       </c>
-      <c r="H25">
-[...781 lines deleted...]
-      <c r="H44">
+      <c r="I44">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>40</v>
+        <v>279</v>
       </c>
       <c r="K44" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="L44" t="s">
-        <v>201</v>
+        <v>280</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N44" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>282</v>
+      </c>
+      <c r="P44" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>203</v>
+        <v>284</v>
       </c>
       <c r="B45" t="s">
-        <v>198</v>
+        <v>285</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>278</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>45</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
-      <c r="I45" t="s">
-        <v>199</v>
+      <c r="I45">
+        <v>2007</v>
       </c>
       <c r="J45" t="s">
-        <v>40</v>
+        <v>279</v>
       </c>
       <c r="K45" t="s">
-        <v>204</v>
+        <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>201</v>
+        <v>286</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N45" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>287</v>
+      </c>
+      <c r="P45" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>206</v>
+        <v>289</v>
       </c>
       <c r="B46" t="s">
-        <v>198</v>
+        <v>290</v>
       </c>
       <c r="C46" t="s">
-        <v>183</v>
+        <v>278</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>257</v>
       </c>
       <c r="E46" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F46" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>45</v>
+      </c>
+      <c r="G46" t="s">
+        <v>55</v>
+      </c>
+      <c r="H46">
         <v>2008</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>40</v>
+        <v>279</v>
       </c>
       <c r="K46" t="s">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="L46" t="s">
-        <v>201</v>
+        <v>291</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N46" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>209</v>
+        <v>294</v>
       </c>
       <c r="B47" t="s">
-        <v>198</v>
+        <v>295</v>
       </c>
       <c r="C47" t="s">
-        <v>83</v>
+        <v>278</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="E47" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>45</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2000</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2015</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>40</v>
+        <v>279</v>
       </c>
       <c r="K47" t="s">
-        <v>210</v>
+        <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>211</v>
+        <v>296</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N47" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>213</v>
+        <v>300</v>
       </c>
       <c r="B48" t="s">
-        <v>177</v>
+        <v>301</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>249</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
-      <c r="I48" t="s">
-        <v>179</v>
+      <c r="I48">
+        <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
       <c r="N48" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>215</v>
+        <v>304</v>
       </c>
       <c r="B49" t="s">
-        <v>177</v>
+        <v>305</v>
       </c>
       <c r="C49" t="s">
+        <v>249</v>
+      </c>
+      <c r="D49" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2002</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
+      <c r="J49" t="s">
+        <v>251</v>
+      </c>
+      <c r="K49" t="s">
+        <v>47</v>
+      </c>
+      <c r="L49" t="s">
+        <v>306</v>
+      </c>
+      <c r="M49" t="s">
+        <v>252</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>311</v>
+      </c>
+      <c r="D50" t="s">
+        <v>44</v>
+      </c>
+      <c r="E50" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>312</v>
+      </c>
+      <c r="K50" t="s">
+        <v>47</v>
+      </c>
+      <c r="L50" t="s">
+        <v>313</v>
+      </c>
+      <c r="M50" t="s">
+        <v>314</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>315</v>
+      </c>
+      <c r="P50" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>317</v>
+      </c>
+      <c r="B51" t="s">
+        <v>318</v>
+      </c>
+      <c r="C51" t="s">
+        <v>319</v>
+      </c>
+      <c r="D51" t="s">
+        <v>44</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>45</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2022</v>
+      </c>
+      <c r="J51" t="s">
+        <v>56</v>
+      </c>
+      <c r="K51" t="s">
+        <v>47</v>
+      </c>
+      <c r="L51" t="s">
+        <v>320</v>
+      </c>
+      <c r="M51" t="s">
+        <v>321</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>54</v>
+      </c>
+      <c r="D52" t="s">
+        <v>326</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>56</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52" t="s">
+        <v>327</v>
+      </c>
+      <c r="M52" t="s">
+        <v>328</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>329</v>
+      </c>
+      <c r="P52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>331</v>
+      </c>
+      <c r="B53" t="s">
+        <v>332</v>
+      </c>
+      <c r="C53" t="s">
+        <v>333</v>
+      </c>
+      <c r="D53" t="s">
+        <v>44</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>221</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2024</v>
+      </c>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>47</v>
+      </c>
+      <c r="L53" t="s">
+        <v>334</v>
+      </c>
+      <c r="M53" t="s">
+        <v>335</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>336</v>
+      </c>
+      <c r="P53" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>338</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>333</v>
+      </c>
+      <c r="D54" t="s">
+        <v>44</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>221</v>
+      </c>
+      <c r="G54" t="s">
+        <v>55</v>
+      </c>
+      <c r="H54">
+        <v>2023</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>340</v>
+      </c>
+      <c r="K54" t="s">
+        <v>47</v>
+      </c>
+      <c r="L54" t="s">
+        <v>341</v>
+      </c>
+      <c r="M54" t="s">
+        <v>335</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>342</v>
+      </c>
+      <c r="P54" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>344</v>
+      </c>
+      <c r="B55" t="s">
+        <v>345</v>
+      </c>
+      <c r="C55" t="s">
+        <v>346</v>
+      </c>
+      <c r="D55" t="s">
+        <v>347</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>221</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2016</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
+      <c r="J55" t="s">
+        <v>56</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>348</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>349</v>
+      </c>
+      <c r="P55" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>351</v>
+      </c>
+      <c r="B56" t="s">
+        <v>352</v>
+      </c>
+      <c r="C56" t="s">
+        <v>353</v>
+      </c>
+      <c r="D56" t="s">
+        <v>354</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>355</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
+        <v>2011</v>
+      </c>
+      <c r="J56" t="s">
+        <v>356</v>
+      </c>
+      <c r="K56" t="s">
+        <v>47</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>357</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>358</v>
+      </c>
+      <c r="P56" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>360</v>
+      </c>
+      <c r="B57" t="s">
+        <v>361</v>
+      </c>
+      <c r="C57" t="s">
+        <v>362</v>
+      </c>
+      <c r="D57" t="s">
+        <v>257</v>
+      </c>
+      <c r="E57" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" t="s">
+        <v>45</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>56</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57" t="s">
+        <v>363</v>
+      </c>
+      <c r="M57" t="s">
+        <v>364</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>365</v>
+      </c>
+      <c r="P57" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>367</v>
+      </c>
+      <c r="B58" t="s">
+        <v>368</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>130</v>
+      </c>
+      <c r="E58" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" t="s">
+        <v>45</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2007</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>165</v>
+      </c>
+      <c r="K58" t="s">
+        <v>47</v>
+      </c>
+      <c r="L58" t="s">
+        <v>369</v>
+      </c>
+      <c r="M58" t="s">
+        <v>364</v>
+      </c>
+      <c r="N58" t="s">
+        <v>131</v>
+      </c>
+      <c r="O58" t="s">
+        <v>370</v>
+      </c>
+      <c r="P58" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>372</v>
+      </c>
+      <c r="B59" t="s">
+        <v>373</v>
+      </c>
+      <c r="C59" t="s">
+        <v>374</v>
+      </c>
+      <c r="D59" t="s">
+        <v>106</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1992</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
+      <c r="J59" t="s">
+        <v>165</v>
+      </c>
+      <c r="K59" t="s">
+        <v>47</v>
+      </c>
+      <c r="L59" t="s">
+        <v>375</v>
+      </c>
+      <c r="M59" t="s">
+        <v>364</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>376</v>
+      </c>
+      <c r="P59" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>378</v>
+      </c>
+      <c r="B60" t="s">
+        <v>379</v>
+      </c>
+      <c r="C60" t="s">
+        <v>380</v>
+      </c>
+      <c r="D60" t="s">
+        <v>130</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>45</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2016</v>
+      </c>
+      <c r="J60" t="s">
+        <v>165</v>
+      </c>
+      <c r="K60" t="s">
+        <v>47</v>
+      </c>
+      <c r="L60" t="s">
+        <v>381</v>
+      </c>
+      <c r="M60" t="s">
+        <v>364</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>382</v>
+      </c>
+      <c r="P60" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>384</v>
+      </c>
+      <c r="B61" t="s">
+        <v>385</v>
+      </c>
+      <c r="C61" t="s">
+        <v>380</v>
+      </c>
+      <c r="D61" t="s">
         <v>99</v>
       </c>
-      <c r="D49" t="s">
-[...11 lines deleted...]
-      <c r="H49">
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>45</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2001</v>
+      </c>
+      <c r="I61">
+        <v>2018</v>
+      </c>
+      <c r="J61" t="s">
+        <v>165</v>
+      </c>
+      <c r="K61" t="s">
+        <v>47</v>
+      </c>
+      <c r="L61" t="s">
+        <v>386</v>
+      </c>
+      <c r="M61" t="s">
+        <v>364</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>387</v>
+      </c>
+      <c r="P61" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>389</v>
+      </c>
+      <c r="B62" t="s">
+        <v>390</v>
+      </c>
+      <c r="C62" t="s">
+        <v>380</v>
+      </c>
+      <c r="D62" t="s">
+        <v>44</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>45</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1998</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>165</v>
+      </c>
+      <c r="K62" t="s">
+        <v>47</v>
+      </c>
+      <c r="L62" t="s">
+        <v>391</v>
+      </c>
+      <c r="M62" t="s">
+        <v>364</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>392</v>
+      </c>
+      <c r="P62" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>394</v>
+      </c>
+      <c r="B63" t="s">
+        <v>395</v>
+      </c>
+      <c r="C63" t="s">
+        <v>219</v>
+      </c>
+      <c r="D63" t="s">
+        <v>44</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>221</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2023</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>396</v>
+      </c>
+      <c r="K63" t="s">
+        <v>47</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>397</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>398</v>
+      </c>
+      <c r="P63" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>400</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>77</v>
+      </c>
+      <c r="D64" t="s">
+        <v>106</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2016</v>
+      </c>
+      <c r="J64" t="s">
+        <v>165</v>
+      </c>
+      <c r="K64" t="s">
+        <v>47</v>
+      </c>
+      <c r="L64" t="s">
+        <v>402</v>
+      </c>
+      <c r="M64" t="s">
+        <v>94</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>403</v>
+      </c>
+      <c r="P64" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>405</v>
+      </c>
+      <c r="B65" t="s">
+        <v>406</v>
+      </c>
+      <c r="C65" t="s">
+        <v>77</v>
+      </c>
+      <c r="D65" t="s">
+        <v>44</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1989</v>
+      </c>
+      <c r="I65">
+        <v>2016</v>
+      </c>
+      <c r="J65" t="s">
+        <v>165</v>
+      </c>
+      <c r="K65" t="s">
+        <v>47</v>
+      </c>
+      <c r="L65" t="s">
+        <v>78</v>
+      </c>
+      <c r="M65" t="s">
+        <v>94</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>407</v>
+      </c>
+      <c r="P65" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>409</v>
+      </c>
+      <c r="B66" t="s">
+        <v>410</v>
+      </c>
+      <c r="C66" t="s">
+        <v>77</v>
+      </c>
+      <c r="D66" t="s">
+        <v>411</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2010</v>
       </c>
-      <c r="I49" t="s">
-[...40 lines deleted...]
-      <c r="H50">
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>56</v>
+      </c>
+      <c r="K66" t="s">
+        <v>47</v>
+      </c>
+      <c r="L66" t="s">
+        <v>412</v>
+      </c>
+      <c r="M66" t="s">
+        <v>413</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>414</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>77</v>
+      </c>
+      <c r="D67" t="s">
+        <v>99</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67">
+        <v>2016</v>
+      </c>
+      <c r="J67" t="s">
+        <v>165</v>
+      </c>
+      <c r="K67" t="s">
+        <v>47</v>
+      </c>
+      <c r="L67" t="s">
+        <v>101</v>
+      </c>
+      <c r="M67" t="s">
+        <v>94</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>418</v>
+      </c>
+      <c r="P67" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>420</v>
+      </c>
+      <c r="B68" t="s">
+        <v>421</v>
+      </c>
+      <c r="C68" t="s">
+        <v>77</v>
+      </c>
+      <c r="D68" t="s">
+        <v>92</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>165</v>
+      </c>
+      <c r="K68" t="s">
+        <v>47</v>
+      </c>
+      <c r="L68" t="s">
+        <v>422</v>
+      </c>
+      <c r="M68" t="s">
+        <v>423</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>424</v>
+      </c>
+      <c r="P68" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>426</v>
+      </c>
+      <c r="B69" t="s">
+        <v>427</v>
+      </c>
+      <c r="C69" t="s">
+        <v>77</v>
+      </c>
+      <c r="D69" t="s">
+        <v>130</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>428</v>
+      </c>
+      <c r="H69">
+        <v>2021</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>100</v>
+      </c>
+      <c r="K69" t="s">
+        <v>429</v>
+      </c>
+      <c r="L69" t="s">
+        <v>430</v>
+      </c>
+      <c r="M69" t="s">
+        <v>423</v>
+      </c>
+      <c r="N69" t="s">
+        <v>131</v>
+      </c>
+      <c r="O69" t="s">
+        <v>431</v>
+      </c>
+      <c r="P69" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>433</v>
+      </c>
+      <c r="B70" t="s">
+        <v>434</v>
+      </c>
+      <c r="C70" t="s">
+        <v>77</v>
+      </c>
+      <c r="D70" t="s">
+        <v>130</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>8</v>
+      </c>
+      <c r="H70">
         <v>2019</v>
       </c>
-      <c r="I50" t="s">
-[...129 lines deleted...]
-      <c r="I53" t="s">
+      <c r="I70">
+        <v>2025</v>
+      </c>
+      <c r="J70" t="s">
+        <v>435</v>
+      </c>
+      <c r="K70" t="s">
+        <v>47</v>
+      </c>
+      <c r="L70" t="s">
+        <v>436</v>
+      </c>
+      <c r="M70" t="s">
+        <v>437</v>
+      </c>
+      <c r="N70" t="s">
+        <v>131</v>
+      </c>
+      <c r="O70" t="s">
+        <v>438</v>
+      </c>
+      <c r="P70" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>440</v>
+      </c>
+      <c r="B71" t="s">
+        <v>441</v>
+      </c>
+      <c r="C71" t="s">
+        <v>442</v>
+      </c>
+      <c r="D71" t="s">
+        <v>443</v>
+      </c>
+      <c r="E71" t="s">
         <v>20</v>
       </c>
-      <c r="J53" t="s">
-[...764 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2019</v>
       </c>
-      <c r="I71" t="s">
-        <v>30</v>
+      <c r="I71">
+        <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K71" t="s">
-        <v>310</v>
+        <v>47</v>
       </c>
       <c r="L71" t="s">
-        <v>311</v>
+        <v>444</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>445</v>
       </c>
       <c r="N71" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>446</v>
+      </c>
+      <c r="P71" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>313</v>
+        <v>448</v>
       </c>
       <c r="B72" t="s">
-        <v>314</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
-        <v>37</v>
+        <v>450</v>
       </c>
       <c r="D72" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E72" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G72">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>1989</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>1991</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="K72" t="s">
+        <v>47</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>451</v>
       </c>
       <c r="N72" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>452</v>
+      </c>
+      <c r="P72" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>317</v>
+        <v>454</v>
       </c>
       <c r="B73" t="s">
-        <v>314</v>
+        <v>455</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
+        <v>450</v>
       </c>
       <c r="D73" t="s">
-        <v>28</v>
+        <v>257</v>
       </c>
       <c r="E73" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F73" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>55</v>
+      </c>
+      <c r="H73">
         <v>1990</v>
       </c>
-      <c r="H73"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="K73" t="s">
+        <v>47</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>457</v>
+      </c>
+      <c r="P73" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>459</v>
+      </c>
+      <c r="B74" t="s">
+        <v>460</v>
+      </c>
+      <c r="C74" t="s">
+        <v>450</v>
+      </c>
+      <c r="D74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E74" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>55</v>
+      </c>
+      <c r="H74">
+        <v>1987</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>279</v>
+      </c>
+      <c r="K74" t="s">
+        <v>47</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>456</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>461</v>
+      </c>
+      <c r="P74" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>463</v>
+      </c>
+      <c r="B75" t="s">
+        <v>464</v>
+      </c>
+      <c r="C75" t="s">
+        <v>465</v>
+      </c>
+      <c r="D75" t="s">
+        <v>44</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>221</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2015</v>
+      </c>
+      <c r="I75">
+        <v>2024</v>
+      </c>
+      <c r="J75" t="s">
+        <v>466</v>
+      </c>
+      <c r="K75" t="s">
+        <v>47</v>
+      </c>
+      <c r="L75" t="s">
+        <v>467</v>
+      </c>
+      <c r="M75" t="s">
+        <v>468</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>469</v>
+      </c>
+      <c r="P75" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>471</v>
+      </c>
+      <c r="B76" t="s">
+        <v>472</v>
+      </c>
+      <c r="C76" t="s">
+        <v>473</v>
+      </c>
+      <c r="D76" t="s">
+        <v>106</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>221</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>474</v>
+      </c>
+      <c r="K76" t="s">
+        <v>47</v>
+      </c>
+      <c r="L76" t="s">
+        <v>475</v>
+      </c>
+      <c r="M76" t="s">
+        <v>476</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>477</v>
+      </c>
+      <c r="P76" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>479</v>
+      </c>
+      <c r="B77" t="s">
+        <v>480</v>
+      </c>
+      <c r="C77" t="s">
+        <v>473</v>
+      </c>
+      <c r="D77" t="s">
+        <v>99</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2012</v>
+      </c>
+      <c r="J77" t="s">
+        <v>474</v>
+      </c>
+      <c r="K77" t="s">
+        <v>47</v>
+      </c>
+      <c r="L77" t="s">
+        <v>481</v>
+      </c>
+      <c r="M77" t="s">
+        <v>476</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>482</v>
+      </c>
+      <c r="P77" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>484</v>
+      </c>
+      <c r="B78" t="s">
+        <v>485</v>
+      </c>
+      <c r="C78" t="s">
+        <v>473</v>
+      </c>
+      <c r="D78" t="s">
+        <v>130</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2005</v>
+      </c>
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>474</v>
+      </c>
+      <c r="K78" t="s">
+        <v>47</v>
+      </c>
+      <c r="L78" t="s">
+        <v>486</v>
+      </c>
+      <c r="M78" t="s">
+        <v>476</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>487</v>
+      </c>
+      <c r="P78" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>489</v>
+      </c>
+      <c r="B79" t="s">
+        <v>490</v>
+      </c>
+      <c r="C79" t="s">
+        <v>473</v>
+      </c>
+      <c r="D79" t="s">
+        <v>44</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>221</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2009</v>
+      </c>
+      <c r="I79">
+        <v>2013</v>
+      </c>
+      <c r="J79" t="s">
+        <v>474</v>
+      </c>
+      <c r="K79" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79" t="s">
+        <v>491</v>
+      </c>
+      <c r="M79" t="s">
+        <v>476</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>492</v>
+      </c>
+      <c r="P79" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>494</v>
+      </c>
+      <c r="B80" t="s">
+        <v>495</v>
+      </c>
+      <c r="C80" t="s">
+        <v>278</v>
+      </c>
+      <c r="D80" t="s">
+        <v>106</v>
+      </c>
+      <c r="E80" t="s">
+        <v>33</v>
+      </c>
+      <c r="F80" t="s">
+        <v>45</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2000</v>
+      </c>
+      <c r="I80">
+        <v>2016</v>
+      </c>
+      <c r="J80" t="s">
+        <v>279</v>
+      </c>
+      <c r="K80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>281</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>496</v>
+      </c>
+      <c r="P80" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>498</v>
+      </c>
+      <c r="B81" t="s">
+        <v>499</v>
+      </c>
+      <c r="C81" t="s">
+        <v>278</v>
+      </c>
+      <c r="D81" t="s">
+        <v>106</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>45</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>279</v>
+      </c>
+      <c r="K81" t="s">
+        <v>47</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>297</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>500</v>
+      </c>
+      <c r="P81" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>502</v>
+      </c>
+      <c r="B82" t="s">
+        <v>503</v>
+      </c>
+      <c r="C82" t="s">
+        <v>278</v>
+      </c>
+      <c r="D82" t="s">
+        <v>44</v>
+      </c>
+      <c r="E82" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2002</v>
+      </c>
+      <c r="I82">
+        <v>2013</v>
+      </c>
+      <c r="J82" t="s">
+        <v>279</v>
+      </c>
+      <c r="K82" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82" t="s">
+        <v>504</v>
+      </c>
+      <c r="M82" t="s">
+        <v>281</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>505</v>
+      </c>
+      <c r="P82" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>507</v>
+      </c>
+      <c r="B83" t="s">
+        <v>508</v>
+      </c>
+      <c r="C83" t="s">
+        <v>278</v>
+      </c>
+      <c r="D83" t="s">
+        <v>92</v>
+      </c>
+      <c r="E83" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" t="s">
+        <v>45</v>
+      </c>
+      <c r="G83" t="s">
+        <v>55</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>279</v>
+      </c>
+      <c r="K83" t="s">
+        <v>47</v>
+      </c>
+      <c r="L83" t="s">
+        <v>507</v>
+      </c>
+      <c r="M83" t="s">
+        <v>281</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>509</v>
+      </c>
+      <c r="P83" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>511</v>
+      </c>
+      <c r="B84" t="s">
+        <v>512</v>
+      </c>
+      <c r="C84" t="s">
+        <v>513</v>
+      </c>
+      <c r="D84" t="s">
+        <v>44</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>221</v>
+      </c>
+      <c r="G84" t="s">
+        <v>514</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84">
+        <v>2019</v>
+      </c>
+      <c r="J84" t="s">
+        <v>515</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84" t="s">
+        <v>516</v>
+      </c>
+      <c r="M84" t="s">
+        <v>468</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>517</v>
+      </c>
+      <c r="P84" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>519</v>
+      </c>
+      <c r="B85" t="s">
+        <v>520</v>
+      </c>
+      <c r="C85" t="s">
+        <v>206</v>
+      </c>
+      <c r="D85" t="s">
+        <v>106</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>221</v>
+      </c>
+      <c r="G85" t="s">
+        <v>55</v>
+      </c>
+      <c r="H85">
+        <v>2024</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>521</v>
+      </c>
+      <c r="K85" t="s">
+        <v>47</v>
+      </c>
+      <c r="L85" t="s">
+        <v>522</v>
+      </c>
+      <c r="M85" t="s">
+        <v>208</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>523</v>
+      </c>
+      <c r="P85" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>525</v>
+      </c>
+      <c r="B86" t="s">
+        <v>526</v>
+      </c>
+      <c r="C86" t="s">
+        <v>206</v>
+      </c>
+      <c r="D86" t="s">
+        <v>44</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>221</v>
+      </c>
+      <c r="G86" t="s">
+        <v>55</v>
+      </c>
+      <c r="H86">
+        <v>2021</v>
+      </c>
+      <c r="I86">
+        <v>2024</v>
+      </c>
+      <c r="J86" t="s">
+        <v>521</v>
+      </c>
+      <c r="K86" t="s">
+        <v>47</v>
+      </c>
+      <c r="L86" t="s">
+        <v>527</v>
+      </c>
+      <c r="M86" t="s">
+        <v>208</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>528</v>
+      </c>
+      <c r="P86" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>530</v>
+      </c>
+      <c r="B87" t="s">
+        <v>531</v>
+      </c>
+      <c r="C87" t="s">
+        <v>532</v>
+      </c>
+      <c r="D87" t="s">
+        <v>44</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>34</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87">
+        <v>2021</v>
+      </c>
+      <c r="J87" t="s">
+        <v>356</v>
+      </c>
+      <c r="K87" t="s">
+        <v>47</v>
+      </c>
+      <c r="L87" t="s">
+        <v>533</v>
+      </c>
+      <c r="M87" t="s">
+        <v>534</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>535</v>
+      </c>
+      <c r="P87" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>537</v>
+      </c>
+      <c r="B88" t="s">
+        <v>538</v>
+      </c>
+      <c r="C88" t="s">
+        <v>539</v>
+      </c>
+      <c r="D88" t="s">
+        <v>130</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>55</v>
+      </c>
+      <c r="H88">
+        <v>2013</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>251</v>
+      </c>
+      <c r="K88" t="s">
+        <v>47</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>540</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>541</v>
+      </c>
+      <c r="P88" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>543</v>
+      </c>
+      <c r="B89" t="s">
+        <v>544</v>
+      </c>
+      <c r="C89" t="s">
+        <v>545</v>
+      </c>
+      <c r="D89" t="s">
+        <v>130</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2013</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>165</v>
+      </c>
+      <c r="K89" t="s">
+        <v>429</v>
+      </c>
+      <c r="L89" t="s">
+        <v>546</v>
+      </c>
+      <c r="M89" t="s">
+        <v>547</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>548</v>
+      </c>
+      <c r="P89" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>550</v>
+      </c>
+      <c r="B90" t="s">
+        <v>551</v>
+      </c>
+      <c r="C90" t="s">
+        <v>545</v>
+      </c>
+      <c r="D90" t="s">
+        <v>130</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90">
+        <v>2014</v>
+      </c>
+      <c r="J90" t="s">
+        <v>165</v>
+      </c>
+      <c r="K90" t="s">
+        <v>429</v>
+      </c>
+      <c r="L90" t="s">
+        <v>552</v>
+      </c>
+      <c r="M90" t="s">
+        <v>547</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>553</v>
+      </c>
+      <c r="P90" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>555</v>
+      </c>
+      <c r="B91" t="s">
+        <v>556</v>
+      </c>
+      <c r="C91" t="s">
+        <v>545</v>
+      </c>
+      <c r="D91" t="s">
+        <v>117</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91">
+        <v>2014</v>
+      </c>
+      <c r="J91" t="s">
+        <v>165</v>
+      </c>
+      <c r="K91" t="s">
+        <v>47</v>
+      </c>
+      <c r="L91" t="s">
+        <v>557</v>
+      </c>
+      <c r="M91" t="s">
+        <v>547</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>558</v>
+      </c>
+      <c r="P91" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>560</v>
+      </c>
+      <c r="B92" t="s">
+        <v>561</v>
+      </c>
+      <c r="C92" t="s">
+        <v>545</v>
+      </c>
+      <c r="D92" t="s">
+        <v>117</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2013</v>
+      </c>
+      <c r="I92">
+        <v>2014</v>
+      </c>
+      <c r="J92" t="s">
+        <v>165</v>
+      </c>
+      <c r="K92" t="s">
+        <v>47</v>
+      </c>
+      <c r="L92" t="s">
+        <v>562</v>
+      </c>
+      <c r="M92" t="s">
+        <v>547</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>563</v>
+      </c>
+      <c r="P92" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>565</v>
+      </c>
+      <c r="B93" t="s">
+        <v>566</v>
+      </c>
+      <c r="C93" t="s">
+        <v>545</v>
+      </c>
+      <c r="D93" t="s">
+        <v>99</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93">
+        <v>2014</v>
+      </c>
+      <c r="J93" t="s">
+        <v>165</v>
+      </c>
+      <c r="K93" t="s">
+        <v>47</v>
+      </c>
+      <c r="L93" t="s">
+        <v>567</v>
+      </c>
+      <c r="M93" t="s">
+        <v>547</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>568</v>
+      </c>
+      <c r="P93" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>570</v>
+      </c>
+      <c r="B94" t="s">
+        <v>571</v>
+      </c>
+      <c r="C94" t="s">
+        <v>572</v>
+      </c>
+      <c r="D94" t="s">
+        <v>130</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>34</v>
+      </c>
+      <c r="G94" t="s">
+        <v>55</v>
+      </c>
+      <c r="H94">
+        <v>1987</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>279</v>
+      </c>
+      <c r="K94" t="s">
+        <v>47</v>
+      </c>
+      <c r="L94" t="s">
+        <v>573</v>
+      </c>
+      <c r="M94" t="s">
+        <v>574</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>575</v>
+      </c>
+      <c r="P94" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>577</v>
+      </c>
+      <c r="B95" t="s">
+        <v>578</v>
+      </c>
+      <c r="C95" t="s">
+        <v>579</v>
+      </c>
+      <c r="D95" t="s">
+        <v>170</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>55</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>340</v>
+      </c>
+      <c r="K95" t="s">
+        <v>47</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>580</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>581</v>
+      </c>
+      <c r="P95" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>583</v>
+      </c>
+      <c r="B96" t="s">
+        <v>584</v>
+      </c>
+      <c r="C96" t="s">
+        <v>579</v>
+      </c>
+      <c r="D96" t="s">
+        <v>44</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>55</v>
+      </c>
+      <c r="H96">
+        <v>2022</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>585</v>
+      </c>
+      <c r="K96" t="s">
+        <v>47</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>580</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>586</v>
+      </c>
+      <c r="P96" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>587</v>
+      </c>
+      <c r="B97" t="s">
+        <v>588</v>
+      </c>
+      <c r="C97" t="s">
         <v>319</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D97" t="s">
+        <v>589</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>221</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2008</v>
+      </c>
+      <c r="I97">
+        <v>2020</v>
+      </c>
+      <c r="J97" t="s">
+        <v>35</v>
+      </c>
+      <c r="K97" t="s">
+        <v>47</v>
+      </c>
+      <c r="L97" t="s">
+        <v>590</v>
+      </c>
+      <c r="M97" t="s">
+        <v>591</v>
+      </c>
+      <c r="N97" t="s">
+        <v>592</v>
+      </c>
+      <c r="O97" t="s">
+        <v>593</v>
+      </c>
+      <c r="P97" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>595</v>
+      </c>
+      <c r="B98" t="s">
+        <v>596</v>
+      </c>
+      <c r="C98" t="s">
+        <v>270</v>
+      </c>
+      <c r="D98" t="s">
+        <v>44</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>34</v>
+      </c>
+      <c r="G98" t="s">
+        <v>597</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>474</v>
+      </c>
+      <c r="K98" t="s">
+        <v>47</v>
+      </c>
+      <c r="L98" t="s">
+        <v>598</v>
+      </c>
+      <c r="M98" t="s">
+        <v>599</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>600</v>
+      </c>
+      <c r="P98" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>602</v>
+      </c>
+      <c r="B99" t="s">
+        <v>603</v>
+      </c>
+      <c r="C99" t="s">
+        <v>572</v>
+      </c>
+      <c r="D99" t="s">
+        <v>106</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>221</v>
+      </c>
+      <c r="G99" t="s">
+        <v>55</v>
+      </c>
+      <c r="H99">
+        <v>2013</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>279</v>
+      </c>
+      <c r="K99" t="s">
+        <v>47</v>
+      </c>
+      <c r="L99" t="s">
+        <v>604</v>
+      </c>
+      <c r="M99" t="s">
+        <v>574</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>605</v>
+      </c>
+      <c r="P99" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>607</v>
+      </c>
+      <c r="B100" t="s">
+        <v>608</v>
+      </c>
+      <c r="C100" t="s">
+        <v>572</v>
+      </c>
+      <c r="D100" t="s">
+        <v>44</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>221</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2012</v>
+      </c>
+      <c r="I100">
+        <v>2017</v>
+      </c>
+      <c r="J100" t="s">
+        <v>279</v>
+      </c>
+      <c r="K100" t="s">
+        <v>47</v>
+      </c>
+      <c r="L100" t="s">
+        <v>609</v>
+      </c>
+      <c r="M100" t="s">
+        <v>574</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>610</v>
+      </c>
+      <c r="P100" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>612</v>
+      </c>
+      <c r="B101" t="s">
+        <v>613</v>
+      </c>
+      <c r="C101" t="s">
+        <v>249</v>
+      </c>
+      <c r="D101" t="s">
+        <v>130</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2002</v>
+      </c>
+      <c r="I101">
+        <v>2007</v>
+      </c>
+      <c r="J101" t="s">
+        <v>251</v>
+      </c>
+      <c r="K101" t="s">
+        <v>47</v>
+      </c>
+      <c r="L101" t="s">
+        <v>306</v>
+      </c>
+      <c r="M101" t="s">
+        <v>252</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>614</v>
+      </c>
+      <c r="P101" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>615</v>
+      </c>
+      <c r="B102" t="s">
+        <v>616</v>
+      </c>
+      <c r="C102" t="s">
+        <v>572</v>
+      </c>
+      <c r="D102" t="s">
         <v>99</v>
       </c>
-      <c r="D74" t="s">
-[...48 lines deleted...]
-      <c r="G75">
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>55</v>
+      </c>
+      <c r="H102">
+        <v>2008</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>279</v>
+      </c>
+      <c r="K102" t="s">
+        <v>47</v>
+      </c>
+      <c r="L102" t="s">
+        <v>617</v>
+      </c>
+      <c r="M102" t="s">
+        <v>574</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>618</v>
+      </c>
+      <c r="P102" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>620</v>
+      </c>
+      <c r="B103" t="s">
+        <v>621</v>
+      </c>
+      <c r="C103" t="s">
+        <v>249</v>
+      </c>
+      <c r="D103" t="s">
+        <v>99</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
         <v>2015</v>
       </c>
-      <c r="H75">
-[...116 lines deleted...]
-      <c r="C78" t="s">
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>56</v>
+      </c>
+      <c r="K103" t="s">
+        <v>47</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>622</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>623</v>
+      </c>
+      <c r="P103" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>625</v>
+      </c>
+      <c r="B104" t="s">
+        <v>263</v>
+      </c>
+      <c r="C104" t="s">
+        <v>249</v>
+      </c>
+      <c r="D104" t="s">
         <v>99</v>
       </c>
-      <c r="D78" t="s">
-[...11 lines deleted...]
-      <c r="H78">
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>55</v>
+      </c>
+      <c r="H104">
         <v>2015</v>
       </c>
-      <c r="I78" t="s">
-[...387 lines deleted...]
-      <c r="I87" t="s">
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>251</v>
+      </c>
+      <c r="K104" t="s">
+        <v>47</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
         <v>252</v>
       </c>
-      <c r="J87" t="s">
-[...730 lines deleted...]
-      </c>
       <c r="N104" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>626</v>
+      </c>
+      <c r="P104" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>429</v>
+        <v>627</v>
       </c>
       <c r="B105" t="s">
-        <v>177</v>
+        <v>628</v>
       </c>
       <c r="C105" t="s">
-        <v>37</v>
+        <v>249</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E105" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
       </c>
       <c r="H105">
         <v>2012</v>
       </c>
-      <c r="I105" t="s">
-        <v>179</v>
+      <c r="I105">
+        <v>2012</v>
       </c>
       <c r="J105" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="K105" t="s">
+        <v>47</v>
+      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
+        <v>252</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>629</v>
+      </c>
+      <c r="P105" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>630</v>
+      </c>
+      <c r="B106" t="s">
+        <v>631</v>
+      </c>
+      <c r="C106" t="s">
+        <v>270</v>
+      </c>
+      <c r="D106" t="s">
+        <v>44</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>55</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>435</v>
+      </c>
+      <c r="K106" t="s">
+        <v>47</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>599</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>632</v>
+      </c>
+      <c r="P106" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>634</v>
+      </c>
+      <c r="B107" t="s">
+        <v>635</v>
+      </c>
+      <c r="C107" t="s">
+        <v>636</v>
+      </c>
+      <c r="D107" t="s">
+        <v>44</v>
+      </c>
+      <c r="E107" t="s">
+        <v>33</v>
+      </c>
+      <c r="F107" t="s">
+        <v>637</v>
+      </c>
+      <c r="G107" t="s">
+        <v>55</v>
+      </c>
+      <c r="H107">
+        <v>2017</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>200</v>
+      </c>
+      <c r="K107" t="s">
+        <v>47</v>
+      </c>
+      <c r="L107" t="s">
+        <v>638</v>
+      </c>
+      <c r="M107" t="s">
+        <v>639</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>640</v>
+      </c>
+      <c r="P107" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>642</v>
+      </c>
+      <c r="B108" t="s">
+        <v>643</v>
+      </c>
+      <c r="C108" t="s">
+        <v>311</v>
+      </c>
+      <c r="D108" t="s">
+        <v>644</v>
+      </c>
+      <c r="E108" t="s">
+        <v>33</v>
+      </c>
+      <c r="F108" t="s">
+        <v>645</v>
+      </c>
+      <c r="G108" t="s">
+        <v>55</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>646</v>
+      </c>
+      <c r="K108" t="s">
+        <v>47</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>647</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>648</v>
+      </c>
+      <c r="P108" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>650</v>
+      </c>
+      <c r="B109" t="s">
+        <v>651</v>
+      </c>
+      <c r="C109" t="s">
+        <v>311</v>
+      </c>
+      <c r="D109" t="s">
+        <v>652</v>
+      </c>
+      <c r="E109" t="s">
+        <v>33</v>
+      </c>
+      <c r="F109" t="s">
+        <v>645</v>
+      </c>
+      <c r="G109" t="s">
+        <v>55</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>646</v>
+      </c>
+      <c r="K109" t="s">
+        <v>47</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>647</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>653</v>
+      </c>
+      <c r="P109" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>655</v>
+      </c>
+      <c r="B110" t="s">
+        <v>656</v>
+      </c>
+      <c r="C110" t="s">
+        <v>311</v>
+      </c>
+      <c r="D110" t="s">
+        <v>657</v>
+      </c>
+      <c r="E110" t="s">
+        <v>33</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>55</v>
+      </c>
+      <c r="H110">
+        <v>2015</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>646</v>
+      </c>
+      <c r="K110" t="s">
+        <v>47</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>647</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>658</v>
+      </c>
+      <c r="P110" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>660</v>
+      </c>
+      <c r="B111" t="s">
+        <v>661</v>
+      </c>
+      <c r="C111" t="s">
+        <v>450</v>
+      </c>
+      <c r="D111" t="s">
+        <v>662</v>
+      </c>
+      <c r="E111" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>55</v>
+      </c>
+      <c r="H111">
+        <v>2012</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>279</v>
+      </c>
+      <c r="K111" t="s">
         <v>24</v>
       </c>
-      <c r="N105" t="s">
-[...60 lines deleted...]
-      <c r="G107">
+      <c r="L111" t="s">
+        <v>663</v>
+      </c>
+      <c r="M111" t="s">
+        <v>664</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>665</v>
+      </c>
+      <c r="P111" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>667</v>
+      </c>
+      <c r="B112" t="s">
+        <v>668</v>
+      </c>
+      <c r="C112" t="s">
+        <v>442</v>
+      </c>
+      <c r="D112" t="s">
+        <v>44</v>
+      </c>
+      <c r="E112" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>55</v>
+      </c>
+      <c r="H112">
+        <v>2012</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>35</v>
+      </c>
+      <c r="K112" t="s">
+        <v>47</v>
+      </c>
+      <c r="L112" t="s">
+        <v>669</v>
+      </c>
+      <c r="M112" t="s">
+        <v>445</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>670</v>
+      </c>
+      <c r="P112" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>672</v>
+      </c>
+      <c r="B113" t="s">
+        <v>673</v>
+      </c>
+      <c r="C113" t="s">
+        <v>442</v>
+      </c>
+      <c r="D113" t="s">
+        <v>130</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>55</v>
+      </c>
+      <c r="H113">
+        <v>2011</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>35</v>
+      </c>
+      <c r="K113" t="s">
+        <v>47</v>
+      </c>
+      <c r="L113" t="s">
+        <v>674</v>
+      </c>
+      <c r="M113" t="s">
+        <v>445</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>675</v>
+      </c>
+      <c r="P113" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>677</v>
+      </c>
+      <c r="B114" t="s">
+        <v>678</v>
+      </c>
+      <c r="C114" t="s">
+        <v>679</v>
+      </c>
+      <c r="D114" t="s">
+        <v>130</v>
+      </c>
+      <c r="E114" t="s">
+        <v>33</v>
+      </c>
+      <c r="F114" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" t="s">
+        <v>55</v>
+      </c>
+      <c r="H114">
+        <v>2014</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>231</v>
+      </c>
+      <c r="K114" t="s">
+        <v>47</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>680</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>681</v>
+      </c>
+      <c r="P114" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>683</v>
+      </c>
+      <c r="B115" t="s">
+        <v>683</v>
+      </c>
+      <c r="C115" t="s">
+        <v>679</v>
+      </c>
+      <c r="D115" t="s">
+        <v>684</v>
+      </c>
+      <c r="E115" t="s">
+        <v>33</v>
+      </c>
+      <c r="F115" t="s">
+        <v>45</v>
+      </c>
+      <c r="G115" t="s">
+        <v>55</v>
+      </c>
+      <c r="H115">
+        <v>2015</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>231</v>
+      </c>
+      <c r="K115" t="s">
+        <v>47</v>
+      </c>
+      <c r="L115" t="s">
+        <v>685</v>
+      </c>
+      <c r="M115" t="s">
+        <v>680</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>686</v>
+      </c>
+      <c r="P115" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>688</v>
+      </c>
+      <c r="B116" t="s">
+        <v>689</v>
+      </c>
+      <c r="C116" t="s">
+        <v>679</v>
+      </c>
+      <c r="D116" t="s">
+        <v>690</v>
+      </c>
+      <c r="E116" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" t="s">
+        <v>45</v>
+      </c>
+      <c r="G116" t="s">
+        <v>55</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>231</v>
+      </c>
+      <c r="K116" t="s">
+        <v>47</v>
+      </c>
+      <c r="L116" t="s">
+        <v>691</v>
+      </c>
+      <c r="M116" t="s">
+        <v>680</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>692</v>
+      </c>
+      <c r="P116" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>694</v>
+      </c>
+      <c r="B117" t="s">
+        <v>695</v>
+      </c>
+      <c r="C117" t="s">
+        <v>206</v>
+      </c>
+      <c r="D117" t="s">
+        <v>44</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>34</v>
+      </c>
+      <c r="G117" t="s">
+        <v>55</v>
+      </c>
+      <c r="H117">
+        <v>2013</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>696</v>
+      </c>
+      <c r="K117" t="s">
+        <v>47</v>
+      </c>
+      <c r="L117" t="s">
+        <v>697</v>
+      </c>
+      <c r="M117" t="s">
+        <v>208</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>698</v>
+      </c>
+      <c r="P117" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>700</v>
+      </c>
+      <c r="B118" t="s">
+        <v>701</v>
+      </c>
+      <c r="C118" t="s">
+        <v>532</v>
+      </c>
+      <c r="D118" t="s">
+        <v>44</v>
+      </c>
+      <c r="E118" t="s">
+        <v>33</v>
+      </c>
+      <c r="F118" t="s">
+        <v>45</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2010</v>
+      </c>
+      <c r="I118">
         <v>2017</v>
       </c>
-      <c r="H107"/>
-[...38 lines deleted...]
-      <c r="G108">
+      <c r="J118" t="s">
+        <v>356</v>
+      </c>
+      <c r="K118" t="s">
+        <v>47</v>
+      </c>
+      <c r="L118" t="s">
+        <v>702</v>
+      </c>
+      <c r="M118" t="s">
+        <v>703</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>704</v>
+      </c>
+      <c r="P118" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>706</v>
+      </c>
+      <c r="B119" t="s">
+        <v>707</v>
+      </c>
+      <c r="C119" t="s">
+        <v>708</v>
+      </c>
+      <c r="D119" t="s">
+        <v>44</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>34</v>
+      </c>
+      <c r="G119" t="s">
+        <v>55</v>
+      </c>
+      <c r="H119">
         <v>2015</v>
       </c>
-      <c r="H108"/>
-[...458 lines deleted...]
-      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>40</v>
+        <v>356</v>
       </c>
       <c r="K119" t="s">
-        <v>484</v>
+        <v>47</v>
       </c>
       <c r="L119" t="s">
-        <v>485</v>
+        <v>709</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>710</v>
       </c>
       <c r="N119" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>711</v>
+      </c>
+      <c r="P119" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>487</v>
+        <v>713</v>
       </c>
       <c r="B120" t="s">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="C120" t="s">
-        <v>37</v>
+        <v>249</v>
       </c>
       <c r="D120" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E120" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>45</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
-      <c r="I120" t="s">
-        <v>179</v>
+      <c r="I120">
+        <v>2012</v>
       </c>
       <c r="J120" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="K120" t="s">
+        <v>47</v>
+      </c>
+      <c r="L120"/>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
       <c r="N120" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>714</v>
+      </c>
+      <c r="P120" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>489</v>
+        <v>715</v>
       </c>
       <c r="B121" t="s">
-        <v>490</v>
+        <v>716</v>
       </c>
       <c r="C121" t="s">
-        <v>491</v>
+        <v>717</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>718</v>
       </c>
       <c r="E121" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>221</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2017</v>
       </c>
-      <c r="H121">
+      <c r="I121">
         <v>2021</v>
       </c>
-      <c r="I121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>492</v>
+        <v>515</v>
       </c>
       <c r="K121" t="s">
-        <v>493</v>
+        <v>719</v>
       </c>
       <c r="L121" t="s">
-        <v>494</v>
+        <v>720</v>
       </c>
       <c r="M121" t="s">
-        <v>406</v>
+        <v>721</v>
       </c>
       <c r="N121" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>592</v>
+      </c>
+      <c r="O121" t="s">
+        <v>722</v>
+      </c>
+      <c r="P121" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>496</v>
+        <v>724</v>
       </c>
       <c r="B122" t="s">
-        <v>483</v>
+        <v>725</v>
       </c>
       <c r="C122" t="s">
+        <v>708</v>
+      </c>
+      <c r="D122" t="s">
+        <v>130</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>34</v>
+      </c>
+      <c r="G122" t="s">
+        <v>55</v>
+      </c>
+      <c r="H122">
+        <v>2019</v>
+      </c>
+      <c r="I122">
+        <v>2020</v>
+      </c>
+      <c r="J122" t="s">
+        <v>356</v>
+      </c>
+      <c r="K122" t="s">
+        <v>47</v>
+      </c>
+      <c r="L122" t="s">
+        <v>726</v>
+      </c>
+      <c r="M122" t="s">
+        <v>710</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>727</v>
+      </c>
+      <c r="P122" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>729</v>
+      </c>
+      <c r="B123" t="s">
+        <v>730</v>
+      </c>
+      <c r="C123" t="s">
+        <v>731</v>
+      </c>
+      <c r="D123" t="s">
+        <v>44</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>34</v>
+      </c>
+      <c r="G123" t="s">
+        <v>55</v>
+      </c>
+      <c r="H123">
+        <v>2017</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>356</v>
+      </c>
+      <c r="K123" t="s">
+        <v>47</v>
+      </c>
+      <c r="L123" t="s">
+        <v>48</v>
+      </c>
+      <c r="M123" t="s">
+        <v>732</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>733</v>
+      </c>
+      <c r="P123" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>735</v>
+      </c>
+      <c r="B124" t="s">
+        <v>736</v>
+      </c>
+      <c r="C124" t="s">
+        <v>731</v>
+      </c>
+      <c r="D124" t="s">
+        <v>130</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>34</v>
+      </c>
+      <c r="G124" t="s">
+        <v>55</v>
+      </c>
+      <c r="H124">
+        <v>2017</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>356</v>
+      </c>
+      <c r="K124" t="s">
+        <v>47</v>
+      </c>
+      <c r="L124" t="s">
+        <v>737</v>
+      </c>
+      <c r="M124" t="s">
+        <v>732</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>738</v>
+      </c>
+      <c r="P124" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>740</v>
+      </c>
+      <c r="B125" t="s">
+        <v>741</v>
+      </c>
+      <c r="C125" t="s">
+        <v>333</v>
+      </c>
+      <c r="D125" t="s">
+        <v>44</v>
+      </c>
+      <c r="E125" t="s">
+        <v>33</v>
+      </c>
+      <c r="F125" t="s">
+        <v>221</v>
+      </c>
+      <c r="G125" t="s">
+        <v>55</v>
+      </c>
+      <c r="H125">
+        <v>2021</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>56</v>
+      </c>
+      <c r="K125" t="s">
+        <v>47</v>
+      </c>
+      <c r="L125" t="s">
+        <v>742</v>
+      </c>
+      <c r="M125" t="s">
+        <v>335</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>743</v>
+      </c>
+      <c r="P125" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>744</v>
+      </c>
+      <c r="B126" t="s">
+        <v>745</v>
+      </c>
+      <c r="C126" t="s">
+        <v>746</v>
+      </c>
+      <c r="D126" t="s">
         <v>99</v>
       </c>
-      <c r="D122" t="s">
-[...171 lines deleted...]
-      </c>
       <c r="E126" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>45</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2003</v>
       </c>
-      <c r="H126">
+      <c r="I126">
         <v>2012</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>40</v>
+        <v>356</v>
       </c>
       <c r="K126" t="s">
-        <v>511</v>
+        <v>47</v>
       </c>
       <c r="L126" t="s">
-        <v>512</v>
+        <v>747</v>
       </c>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>748</v>
       </c>
       <c r="N126" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>749</v>
+      </c>
+      <c r="P126" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>514</v>
+        <v>751</v>
       </c>
       <c r="B127" t="s">
-        <v>510</v>
+        <v>752</v>
       </c>
       <c r="C127" t="s">
-        <v>515</v>
+        <v>746</v>
       </c>
       <c r="D127" t="s">
-        <v>28</v>
+        <v>753</v>
       </c>
       <c r="E127" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>45</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2008</v>
       </c>
-      <c r="H127">
+      <c r="I127">
         <v>2009</v>
       </c>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>40</v>
+        <v>356</v>
       </c>
       <c r="K127" t="s">
-        <v>516</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>512</v>
+        <v>754</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>748</v>
       </c>
       <c r="N127" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>755</v>
+      </c>
+      <c r="P127" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>518</v>
+        <v>757</v>
       </c>
       <c r="B128" t="s">
-        <v>192</v>
+        <v>758</v>
       </c>
       <c r="C128" t="s">
-        <v>37</v>
+        <v>270</v>
       </c>
       <c r="D128" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E128" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>45</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
-      <c r="I128" t="s">
-        <v>179</v>
+      <c r="I128">
+        <v>2012</v>
       </c>
       <c r="J128" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="K128" t="s">
+        <v>47</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>759</v>
       </c>
       <c r="N128" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>760</v>
+      </c>
+      <c r="P128" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>521</v>
+        <v>762</v>
       </c>
       <c r="B129" t="s">
-        <v>192</v>
+        <v>763</v>
       </c>
       <c r="C129" t="s">
+        <v>270</v>
+      </c>
+      <c r="D129" t="s">
+        <v>130</v>
+      </c>
+      <c r="E129" t="s">
+        <v>33</v>
+      </c>
+      <c r="F129" t="s">
+        <v>45</v>
+      </c>
+      <c r="G129" t="s">
+        <v>55</v>
+      </c>
+      <c r="H129">
+        <v>2013</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>251</v>
+      </c>
+      <c r="K129" t="s">
+        <v>47</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>759</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>764</v>
+      </c>
+      <c r="P129" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>766</v>
+      </c>
+      <c r="B130" t="s">
+        <v>767</v>
+      </c>
+      <c r="C130" t="s">
+        <v>197</v>
+      </c>
+      <c r="D130" t="s">
+        <v>106</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130">
+        <v>2015</v>
+      </c>
+      <c r="J130" t="s">
+        <v>200</v>
+      </c>
+      <c r="K130" t="s">
+        <v>47</v>
+      </c>
+      <c r="L130" t="s">
+        <v>768</v>
+      </c>
+      <c r="M130" t="s">
+        <v>201</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>769</v>
+      </c>
+      <c r="P130" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>771</v>
+      </c>
+      <c r="B131" t="s">
+        <v>772</v>
+      </c>
+      <c r="C131" t="s">
+        <v>197</v>
+      </c>
+      <c r="D131" t="s">
+        <v>44</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2012</v>
+      </c>
+      <c r="I131">
+        <v>2021</v>
+      </c>
+      <c r="J131" t="s">
+        <v>396</v>
+      </c>
+      <c r="K131" t="s">
+        <v>47</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>201</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>773</v>
+      </c>
+      <c r="P131" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>775</v>
+      </c>
+      <c r="B132" t="s">
+        <v>776</v>
+      </c>
+      <c r="C132" t="s">
+        <v>197</v>
+      </c>
+      <c r="D132" t="s">
+        <v>44</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>777</v>
+      </c>
+      <c r="H132">
+        <v>2012</v>
+      </c>
+      <c r="I132">
+        <v>2015</v>
+      </c>
+      <c r="J132" t="s">
+        <v>696</v>
+      </c>
+      <c r="K132" t="s">
+        <v>47</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>201</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>778</v>
+      </c>
+      <c r="P132" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>780</v>
+      </c>
+      <c r="B133" t="s">
+        <v>781</v>
+      </c>
+      <c r="C133" t="s">
+        <v>197</v>
+      </c>
+      <c r="D133" t="s">
+        <v>44</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>55</v>
+      </c>
+      <c r="H133">
+        <v>2012</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>200</v>
+      </c>
+      <c r="K133" t="s">
+        <v>47</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>201</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>782</v>
+      </c>
+      <c r="P133" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>784</v>
+      </c>
+      <c r="B134" t="s">
+        <v>785</v>
+      </c>
+      <c r="C134" t="s">
+        <v>311</v>
+      </c>
+      <c r="D134" t="s">
+        <v>92</v>
+      </c>
+      <c r="E134" t="s">
+        <v>33</v>
+      </c>
+      <c r="F134" t="s">
+        <v>45</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2013</v>
+      </c>
+      <c r="I134">
+        <v>2018</v>
+      </c>
+      <c r="J134" t="s">
+        <v>312</v>
+      </c>
+      <c r="K134" t="s">
+        <v>47</v>
+      </c>
+      <c r="L134" t="s">
+        <v>786</v>
+      </c>
+      <c r="M134" t="s">
+        <v>787</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>788</v>
+      </c>
+      <c r="P134" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>790</v>
+      </c>
+      <c r="B135" t="s">
+        <v>791</v>
+      </c>
+      <c r="C135" t="s">
+        <v>311</v>
+      </c>
+      <c r="D135" t="s">
+        <v>130</v>
+      </c>
+      <c r="E135" t="s">
+        <v>33</v>
+      </c>
+      <c r="F135" t="s">
+        <v>45</v>
+      </c>
+      <c r="G135" t="s">
+        <v>55</v>
+      </c>
+      <c r="H135">
+        <v>2013</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>792</v>
+      </c>
+      <c r="K135" t="s">
+        <v>47</v>
+      </c>
+      <c r="L135" t="s">
+        <v>793</v>
+      </c>
+      <c r="M135" t="s">
+        <v>787</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>794</v>
+      </c>
+      <c r="P135" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>796</v>
+      </c>
+      <c r="B136" t="s">
+        <v>797</v>
+      </c>
+      <c r="C136" t="s">
+        <v>311</v>
+      </c>
+      <c r="D136" t="s">
+        <v>44</v>
+      </c>
+      <c r="E136" t="s">
+        <v>33</v>
+      </c>
+      <c r="F136" t="s">
+        <v>45</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2004</v>
+      </c>
+      <c r="I136">
+        <v>2012</v>
+      </c>
+      <c r="J136" t="s">
+        <v>312</v>
+      </c>
+      <c r="K136" t="s">
+        <v>47</v>
+      </c>
+      <c r="L136" t="s">
+        <v>798</v>
+      </c>
+      <c r="M136" t="s">
+        <v>787</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>799</v>
+      </c>
+      <c r="P136" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>801</v>
+      </c>
+      <c r="B137" t="s">
+        <v>802</v>
+      </c>
+      <c r="C137" t="s">
+        <v>311</v>
+      </c>
+      <c r="D137" t="s">
+        <v>250</v>
+      </c>
+      <c r="E137" t="s">
+        <v>33</v>
+      </c>
+      <c r="F137" t="s">
+        <v>45</v>
+      </c>
+      <c r="G137" t="s">
+        <v>55</v>
+      </c>
+      <c r="H137">
+        <v>2004</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>312</v>
+      </c>
+      <c r="K137" t="s">
+        <v>47</v>
+      </c>
+      <c r="L137" t="s">
+        <v>803</v>
+      </c>
+      <c r="M137" t="s">
+        <v>787</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>804</v>
+      </c>
+      <c r="P137" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>806</v>
+      </c>
+      <c r="B138" t="s">
+        <v>807</v>
+      </c>
+      <c r="C138" t="s">
+        <v>124</v>
+      </c>
+      <c r="D138" t="s">
+        <v>808</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>55</v>
+      </c>
+      <c r="H138">
+        <v>2021</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>125</v>
+      </c>
+      <c r="K138" t="s">
+        <v>47</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138"/>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>809</v>
+      </c>
+      <c r="P138" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>811</v>
+      </c>
+      <c r="B139" t="s">
+        <v>812</v>
+      </c>
+      <c r="C139" t="s">
+        <v>124</v>
+      </c>
+      <c r="D139" t="s">
+        <v>130</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>55</v>
+      </c>
+      <c r="H139">
+        <v>2021</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>125</v>
+      </c>
+      <c r="K139" t="s">
+        <v>47</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139"/>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>813</v>
+      </c>
+      <c r="P139" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>815</v>
+      </c>
+      <c r="B140" t="s">
+        <v>816</v>
+      </c>
+      <c r="C140" t="s">
+        <v>817</v>
+      </c>
+      <c r="D140" t="s">
         <v>99</v>
       </c>
-      <c r="D129" t="s">
-[...457 lines deleted...]
-      </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
       </c>
       <c r="H140">
         <v>2011</v>
       </c>
-      <c r="I140" t="s">
-        <v>47</v>
+      <c r="I140">
+        <v>2011</v>
       </c>
       <c r="J140" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="K140" t="s">
-        <v>553</v>
+        <v>47</v>
       </c>
       <c r="L140" t="s">
-        <v>554</v>
+        <v>818</v>
       </c>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>819</v>
       </c>
       <c r="N140" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>820</v>
+      </c>
+      <c r="P140" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>556</v>
+        <v>822</v>
       </c>
       <c r="B141" t="s">
-        <v>225</v>
+        <v>823</v>
       </c>
       <c r="C141" t="s">
-        <v>83</v>
+        <v>319</v>
       </c>
       <c r="D141" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="E141" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>45</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>2003</v>
       </c>
-      <c r="H141">
+      <c r="I141">
         <v>2020</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="K141" t="s">
+        <v>47</v>
+      </c>
+      <c r="L141"/>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>824</v>
       </c>
       <c r="N141" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>825</v>
+      </c>
+      <c r="P141" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>559</v>
+        <v>827</v>
       </c>
       <c r="B142" t="s">
-        <v>15</v>
+        <v>828</v>
       </c>
       <c r="C142" t="s">
-        <v>560</v>
+        <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>28</v>
+        <v>829</v>
       </c>
       <c r="E142" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F142" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G142">
+        <v>45</v>
+      </c>
+      <c r="G142" t="s">
+        <v>55</v>
+      </c>
+      <c r="H142">
         <v>2013</v>
       </c>
-      <c r="H142"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>40</v>
+        <v>165</v>
       </c>
       <c r="K142" t="s">
-        <v>561</v>
+        <v>47</v>
       </c>
       <c r="L142" t="s">
-        <v>562</v>
+        <v>830</v>
       </c>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>831</v>
       </c>
       <c r="N142" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>832</v>
+      </c>
+      <c r="P142" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>564</v>
+        <v>834</v>
       </c>
       <c r="B143" t="s">
-        <v>565</v>
+        <v>835</v>
       </c>
       <c r="C143" t="s">
-        <v>99</v>
+        <v>836</v>
       </c>
       <c r="D143" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G143">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
         <v>2011</v>
       </c>
-      <c r="H143">
+      <c r="I143">
         <v>2021</v>
       </c>
-      <c r="I143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J143" t="s">
-        <v>40</v>
+        <v>474</v>
       </c>
       <c r="K143" t="s">
-        <v>566</v>
+        <v>47</v>
       </c>
       <c r="L143" t="s">
-        <v>567</v>
+        <v>837</v>
       </c>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="N143" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>839</v>
+      </c>
+      <c r="P143" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>569</v>
+        <v>841</v>
       </c>
       <c r="B144" t="s">
-        <v>565</v>
+        <v>842</v>
       </c>
       <c r="C144" t="s">
-        <v>83</v>
+        <v>836</v>
       </c>
       <c r="D144" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="E144" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F144" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>34</v>
+      </c>
+      <c r="G144" t="s">
+        <v>355</v>
+      </c>
+      <c r="H144">
         <v>2021</v>
       </c>
-      <c r="H144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>40</v>
+        <v>474</v>
       </c>
       <c r="K144" t="s">
-        <v>570</v>
+        <v>47</v>
       </c>
       <c r="L144" t="s">
-        <v>567</v>
+        <v>843</v>
       </c>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="N144" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>844</v>
+      </c>
+      <c r="P144" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>572</v>
+        <v>846</v>
       </c>
       <c r="B145" t="s">
-        <v>565</v>
+        <v>847</v>
       </c>
       <c r="C145" t="s">
-        <v>83</v>
+        <v>836</v>
       </c>
       <c r="D145" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="E145" t="s">
-        <v>441</v>
+        <v>33</v>
       </c>
       <c r="F145" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G145">
+        <v>645</v>
+      </c>
+      <c r="G145" t="s">
+        <v>55</v>
+      </c>
+      <c r="H145">
         <v>2021</v>
       </c>
-      <c r="H145"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I145"/>
       <c r="J145" t="s">
-        <v>40</v>
+        <v>474</v>
       </c>
       <c r="K145" t="s">
-        <v>570</v>
+        <v>47</v>
       </c>
       <c r="L145" t="s">
-        <v>567</v>
+        <v>843</v>
       </c>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="N145" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>848</v>
+      </c>
+      <c r="P145" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>574</v>
+        <v>850</v>
       </c>
       <c r="B146" t="s">
-        <v>565</v>
+        <v>851</v>
       </c>
       <c r="C146" t="s">
-        <v>99</v>
+        <v>836</v>
       </c>
       <c r="D146" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="E146" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F146" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G146">
+        <v>34</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
         <v>2002</v>
       </c>
-      <c r="H146">
+      <c r="I146">
         <v>2021</v>
       </c>
-      <c r="I146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J146" t="s">
-        <v>40</v>
+        <v>474</v>
       </c>
       <c r="K146" t="s">
-        <v>575</v>
+        <v>47</v>
       </c>
       <c r="L146" t="s">
-        <v>567</v>
+        <v>852</v>
       </c>
       <c r="M146" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="N146" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>853</v>
+      </c>
+      <c r="P146" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>577</v>
+        <v>855</v>
       </c>
       <c r="B147" t="s">
-        <v>565</v>
+        <v>856</v>
       </c>
       <c r="C147" t="s">
-        <v>37</v>
+        <v>836</v>
       </c>
       <c r="D147" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E147" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G147">
+        <v>34</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2012</v>
       </c>
-      <c r="H147">
+      <c r="I147">
         <v>2015</v>
       </c>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J147" t="s">
-        <v>40</v>
+        <v>857</v>
       </c>
       <c r="K147" t="s">
-        <v>579</v>
+        <v>47</v>
       </c>
       <c r="L147" t="s">
-        <v>567</v>
+        <v>858</v>
       </c>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>838</v>
       </c>
       <c r="N147" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>859</v>
+      </c>
+      <c r="P147" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>581</v>
+        <v>861</v>
       </c>
       <c r="B148" t="s">
-        <v>582</v>
+        <v>862</v>
       </c>
       <c r="C148" t="s">
-        <v>99</v>
+        <v>863</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E148" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G148">
+        <v>221</v>
+      </c>
+      <c r="G148" t="s">
+        <v>55</v>
+      </c>
+      <c r="H148">
         <v>2016</v>
       </c>
-      <c r="H148">
+      <c r="I148">
         <v>2018</v>
       </c>
-      <c r="I148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J148" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="K148" t="s">
+        <v>47</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>864</v>
       </c>
       <c r="N148" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>865</v>
+      </c>
+      <c r="P148" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>585</v>
+        <v>867</v>
       </c>
       <c r="B149" t="s">
-        <v>582</v>
+        <v>868</v>
       </c>
       <c r="C149" t="s">
-        <v>37</v>
+        <v>863</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E149" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G149">
+        <v>221</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
         <v>2016</v>
       </c>
-      <c r="H149">
+      <c r="I149">
         <v>2019</v>
       </c>
-      <c r="I149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J149" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="K149" t="s">
+        <v>47</v>
+      </c>
+      <c r="L149"/>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>864</v>
       </c>
       <c r="N149" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>869</v>
+      </c>
+      <c r="P149" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>587</v>
+        <v>871</v>
       </c>
       <c r="B150" t="s">
-        <v>588</v>
+        <v>872</v>
       </c>
       <c r="C150" t="s">
-        <v>589</v>
+        <v>873</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>874</v>
       </c>
       <c r="E150" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G150">
+        <v>221</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
         <v>2012</v>
       </c>
-      <c r="H150">
+      <c r="I150">
         <v>2014</v>
       </c>
-      <c r="I150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J150" t="s">
-        <v>40</v>
+        <v>356</v>
       </c>
       <c r="K150" t="s">
-        <v>590</v>
+        <v>47</v>
       </c>
       <c r="L150" t="s">
-        <v>591</v>
+        <v>875</v>
       </c>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>876</v>
       </c>
       <c r="N150" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>877</v>
+      </c>
+      <c r="P150" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>593</v>
+        <v>879</v>
       </c>
       <c r="B151" t="s">
-        <v>329</v>
+        <v>880</v>
       </c>
       <c r="C151" t="s">
-        <v>594</v>
+        <v>473</v>
       </c>
       <c r="D151" t="s">
-        <v>28</v>
+        <v>881</v>
       </c>
       <c r="E151" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F151" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G151">
+        <v>34</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
         <v>2015</v>
       </c>
-      <c r="H151">
+      <c r="I151">
         <v>2016</v>
       </c>
-      <c r="I151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J151" t="s">
-        <v>595</v>
+        <v>515</v>
       </c>
       <c r="K151" t="s">
-        <v>596</v>
+        <v>882</v>
       </c>
       <c r="L151" t="s">
-        <v>597</v>
+        <v>883</v>
       </c>
       <c r="M151" t="s">
-        <v>598</v>
+        <v>884</v>
       </c>
       <c r="N151" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>885</v>
+      </c>
+      <c r="O151" t="s">
+        <v>886</v>
+      </c>
+      <c r="P151" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>600</v>
+        <v>888</v>
       </c>
       <c r="B152" t="s">
-        <v>235</v>
+        <v>889</v>
       </c>
       <c r="C152" t="s">
-        <v>601</v>
+        <v>333</v>
       </c>
       <c r="D152" t="s">
-        <v>28</v>
+        <v>890</v>
       </c>
       <c r="E152" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F152" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G152">
+        <v>45</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
         <v>2011</v>
       </c>
-      <c r="H152">
+      <c r="I152">
         <v>2017</v>
       </c>
-      <c r="I152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J152" t="s">
-        <v>595</v>
-[...4 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="K152" t="s">
+        <v>882</v>
+      </c>
+      <c r="L152"/>
       <c r="M152" t="s">
-        <v>598</v>
+        <v>891</v>
       </c>
       <c r="N152" t="s">
-        <v>603</v>
+        <v>885</v>
+      </c>
+      <c r="O152" t="s">
+        <v>892</v>
+      </c>
+      <c r="P152" t="s">
+        <v>893</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>