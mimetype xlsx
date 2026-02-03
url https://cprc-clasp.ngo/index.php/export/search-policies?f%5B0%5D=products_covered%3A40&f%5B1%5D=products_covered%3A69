--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -179,101 +179,104 @@
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
     <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
@@ -2422,53 +2425,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
   </si>
   <si>
     <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
@@ -3483,6510 +3483,6512 @@
       </c>
       <c r="P6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>47</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
         <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="J9" t="s">
         <v>56</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10">
         <v>2021</v>
       </c>
       <c r="J10" t="s">
         <v>56</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K13" t="s">
         <v>47</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2013</v>
       </c>
       <c r="J14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>47</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1997</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1997</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2010</v>
       </c>
       <c r="I20">
         <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2023</v>
       </c>
       <c r="J22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K23" t="s">
         <v>47</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>45</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2003</v>
       </c>
       <c r="I24">
         <v>2016</v>
       </c>
       <c r="J24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K24" t="s">
         <v>47</v>
       </c>
       <c r="L24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>45</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2002</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
         <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
         <v>45</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2002</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
         <v>56</v>
       </c>
       <c r="K26" t="s">
         <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>45</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2003</v>
       </c>
       <c r="I27">
         <v>2016</v>
       </c>
       <c r="J27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K27" t="s">
         <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B28" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>45</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2003</v>
       </c>
       <c r="I28">
         <v>2017</v>
       </c>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>45</v>
       </c>
       <c r="G29" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K29" t="s">
         <v>47</v>
       </c>
       <c r="L29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>45</v>
       </c>
       <c r="G30" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H30">
         <v>2020</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K30" t="s">
         <v>47</v>
       </c>
       <c r="L30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2023</v>
       </c>
       <c r="J31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K31" t="s">
         <v>47</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H32">
         <v>2020</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K32" t="s">
         <v>47</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>45</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>35</v>
       </c>
       <c r="K33" t="s">
         <v>47</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>56</v>
       </c>
       <c r="K34" t="s">
         <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K35" t="s">
         <v>47</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K36" t="s">
         <v>47</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
         <v>45</v>
       </c>
       <c r="G38" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K38" t="s">
         <v>47</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
         <v>45</v>
       </c>
       <c r="G39" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K39" t="s">
         <v>47</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C40" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E40" t="s">
         <v>33</v>
       </c>
       <c r="F40" t="s">
         <v>45</v>
       </c>
       <c r="G40" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K40" t="s">
         <v>47</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C41" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
         <v>45</v>
       </c>
       <c r="G41" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K41" t="s">
         <v>47</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P41" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B42" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
         <v>45</v>
       </c>
       <c r="G42" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K42" t="s">
         <v>47</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P42" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B43" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C43" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D43" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>56</v>
       </c>
       <c r="K43" t="s">
         <v>47</v>
       </c>
       <c r="L43" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M43" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B44" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C44" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>33</v>
       </c>
       <c r="F44" t="s">
         <v>45</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2002</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K44" t="s">
         <v>47</v>
       </c>
       <c r="L44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D45" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E45" t="s">
         <v>33</v>
       </c>
       <c r="F45" t="s">
         <v>45</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
       <c r="I45">
         <v>2007</v>
       </c>
       <c r="J45" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K45" t="s">
         <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M45" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B46" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D46" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E46" t="s">
         <v>33</v>
       </c>
       <c r="F46" t="s">
         <v>45</v>
       </c>
       <c r="G46" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H46">
         <v>2008</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K46" t="s">
         <v>47</v>
       </c>
       <c r="L46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B47" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D47" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E47" t="s">
         <v>33</v>
       </c>
       <c r="F47" t="s">
         <v>45</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2000</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K47" t="s">
         <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M47" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P47" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B48" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C48" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48">
         <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K48" t="s">
         <v>47</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P48" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C49" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
         <v>2010</v>
       </c>
       <c r="J49" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K49" t="s">
         <v>47</v>
       </c>
       <c r="L49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M49" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P49" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B50" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C50" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D50" t="s">
         <v>44</v>
       </c>
       <c r="E50" t="s">
         <v>33</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K50" t="s">
         <v>47</v>
       </c>
       <c r="L50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="M50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P50" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C51" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>33</v>
       </c>
       <c r="F51" t="s">
         <v>45</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2003</v>
       </c>
       <c r="I51">
         <v>2022</v>
       </c>
       <c r="J51" t="s">
         <v>56</v>
       </c>
       <c r="K51" t="s">
         <v>47</v>
       </c>
       <c r="L51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C52" t="s">
         <v>54</v>
       </c>
       <c r="D52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>56</v>
       </c>
       <c r="K52" t="s">
         <v>47</v>
       </c>
       <c r="L52" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M52" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D53" t="s">
         <v>44</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2009</v>
       </c>
       <c r="I53">
         <v>2024</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P53" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D54" t="s">
         <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G54" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H54">
         <v>2023</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K54" t="s">
         <v>47</v>
       </c>
       <c r="L54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2016</v>
       </c>
       <c r="I55">
         <v>2019</v>
       </c>
       <c r="J55" t="s">
         <v>56</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>34</v>
       </c>
       <c r="G56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H56">
         <v>2010</v>
       </c>
       <c r="I56">
         <v>2011</v>
       </c>
       <c r="J56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K56" t="s">
         <v>47</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P56" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C57" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D57" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E57" t="s">
         <v>33</v>
       </c>
       <c r="F57" t="s">
         <v>45</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2002</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>56</v>
       </c>
       <c r="K57" t="s">
         <v>47</v>
       </c>
       <c r="L57" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M57" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B58" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E58" t="s">
         <v>33</v>
       </c>
       <c r="F58" t="s">
         <v>45</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2007</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K58" t="s">
         <v>47</v>
       </c>
       <c r="L58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N58" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O58" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D59" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E59" t="s">
         <v>33</v>
       </c>
       <c r="F59" t="s">
         <v>45</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>1992</v>
       </c>
       <c r="I59">
         <v>2020</v>
       </c>
       <c r="J59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K59" t="s">
         <v>47</v>
       </c>
       <c r="L59" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M59" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D60" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E60" t="s">
         <v>33</v>
       </c>
       <c r="F60" t="s">
         <v>45</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>1996</v>
       </c>
       <c r="I60">
         <v>2016</v>
       </c>
       <c r="J60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K60" t="s">
         <v>47</v>
       </c>
       <c r="L60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="M60" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C61" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D61" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E61" t="s">
         <v>33</v>
       </c>
       <c r="F61" t="s">
         <v>45</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2001</v>
       </c>
       <c r="I61">
         <v>2018</v>
       </c>
       <c r="J61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K61" t="s">
         <v>47</v>
       </c>
       <c r="L61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B62" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62" t="s">
         <v>33</v>
       </c>
       <c r="F62" t="s">
         <v>45</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>1998</v>
       </c>
       <c r="I62">
         <v>2019</v>
       </c>
       <c r="J62" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K62" t="s">
         <v>47</v>
       </c>
       <c r="L62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C63" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D63" t="s">
         <v>44</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G63" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H63">
         <v>2023</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K63" t="s">
         <v>47</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C64" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D64" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2008</v>
       </c>
       <c r="I64">
         <v>2016</v>
       </c>
       <c r="J64" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K64" t="s">
         <v>47</v>
       </c>
       <c r="L64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M64" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B65" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D65" t="s">
         <v>44</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>1989</v>
       </c>
       <c r="I65">
         <v>2016</v>
       </c>
       <c r="J65" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K65" t="s">
         <v>47</v>
       </c>
       <c r="L65" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M65" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="P65" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B66" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C66" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
       <c r="I66">
         <v>2021</v>
       </c>
       <c r="J66" t="s">
         <v>56</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
       <c r="L66" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B67" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D67" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2016</v>
       </c>
       <c r="J67" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K67" t="s">
         <v>47</v>
       </c>
       <c r="L67" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M67" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B68" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D68" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="M68" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B69" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C69" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D69" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="L69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="M69" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="N69" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P69" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B70" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C70" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>8</v>
       </c>
       <c r="H70">
         <v>2019</v>
       </c>
       <c r="I70">
         <v>2025</v>
       </c>
       <c r="J70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M70" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N70" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O70" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P70" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B71" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C71" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D71" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>34</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2019</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
         <v>35</v>
       </c>
       <c r="K71" t="s">
         <v>47</v>
       </c>
       <c r="L71" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M71" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P71" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B72" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C72" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D72" t="s">
         <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>33</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1989</v>
       </c>
       <c r="I72">
         <v>1991</v>
       </c>
       <c r="J72" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K72" t="s">
         <v>47</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P72" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B73" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C73" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D73" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E73" t="s">
         <v>33</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H73">
         <v>1990</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P73" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B74" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C74" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D74" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E74" t="s">
         <v>33</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H74">
         <v>1987</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K74" t="s">
         <v>47</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P74" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B75" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C75" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D75" t="s">
         <v>44</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2015</v>
       </c>
       <c r="I75">
         <v>2024</v>
       </c>
       <c r="J75" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K75" t="s">
         <v>47</v>
       </c>
       <c r="L75" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M75" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P75" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B76" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C76" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D76" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2013</v>
       </c>
       <c r="I76">
         <v>2014</v>
       </c>
       <c r="J76" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K76" t="s">
         <v>47</v>
       </c>
       <c r="L76" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M76" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P76" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B77" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C77" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D77" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2008</v>
       </c>
       <c r="I77">
         <v>2012</v>
       </c>
       <c r="J77" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K77" t="s">
         <v>47</v>
       </c>
       <c r="L77" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="M77" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P77" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B78" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C78" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D78" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>34</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2005</v>
       </c>
       <c r="I78">
         <v>2015</v>
       </c>
       <c r="J78" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K78" t="s">
         <v>47</v>
       </c>
       <c r="L78" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="M78" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="P78" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B79" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C79" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D79" t="s">
         <v>44</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2009</v>
       </c>
       <c r="I79">
         <v>2013</v>
       </c>
       <c r="J79" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K79" t="s">
         <v>47</v>
       </c>
       <c r="L79" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="M79" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="P79" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B80" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C80" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D80" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E80" t="s">
         <v>33</v>
       </c>
       <c r="F80" t="s">
         <v>45</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2000</v>
       </c>
       <c r="I80">
         <v>2016</v>
       </c>
       <c r="J80" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K80" t="s">
         <v>47</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="P80" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B81" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C81" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D81" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E81" t="s">
         <v>33</v>
       </c>
       <c r="F81" t="s">
         <v>45</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2000</v>
       </c>
       <c r="I81">
         <v>2015</v>
       </c>
       <c r="J81" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K81" t="s">
         <v>47</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P81" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B82" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C82" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D82" t="s">
         <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>33</v>
       </c>
       <c r="F82" t="s">
         <v>45</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2002</v>
       </c>
       <c r="I82">
         <v>2013</v>
       </c>
       <c r="J82" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K82" t="s">
         <v>47</v>
       </c>
       <c r="L82" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="M82" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P82" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B83" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C83" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D83" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E83" t="s">
         <v>33</v>
       </c>
       <c r="F83" t="s">
         <v>45</v>
       </c>
       <c r="G83" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K83" t="s">
         <v>47</v>
       </c>
       <c r="L83" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M83" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P83" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B84" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C84" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D84" t="s">
         <v>44</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G84" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H84">
         <v>2015</v>
       </c>
       <c r="I84">
         <v>2019</v>
       </c>
       <c r="J84" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K84" t="s">
         <v>47</v>
       </c>
       <c r="L84" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M84" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P84" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B85" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C85" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D85" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G85" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H85">
         <v>2024</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="K85" t="s">
         <v>47</v>
       </c>
       <c r="L85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="P85" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B86" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C86" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D86" t="s">
         <v>44</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G86" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H86">
         <v>2021</v>
       </c>
       <c r="I86">
         <v>2024</v>
       </c>
       <c r="J86" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="K86" t="s">
         <v>47</v>
       </c>
       <c r="L86" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M86" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="P86" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B87" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C87" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>34</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2009</v>
       </c>
       <c r="I87">
         <v>2021</v>
       </c>
       <c r="J87" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K87" t="s">
         <v>47</v>
       </c>
       <c r="L87" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="M87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B88" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C88" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D88" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H88">
         <v>2013</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K88" t="s">
         <v>47</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P88" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B89" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C89" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D89" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2013</v>
       </c>
       <c r="I89">
         <v>2014</v>
       </c>
       <c r="J89" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K89" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="L89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M89" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P89" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B90" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C90" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>34</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2013</v>
       </c>
       <c r="I90">
         <v>2014</v>
       </c>
       <c r="J90" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K90" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="L90" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="M90" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="P90" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B91" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C91" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D91" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>34</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
       <c r="I91">
         <v>2014</v>
       </c>
       <c r="J91" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K91" t="s">
         <v>47</v>
       </c>
       <c r="L91" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="M91" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="P91" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B92" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C92" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D92" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2013</v>
       </c>
       <c r="I92">
         <v>2014</v>
       </c>
       <c r="J92" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K92" t="s">
         <v>47</v>
       </c>
       <c r="L92" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="M92" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P92" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B93" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C93" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D93" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2013</v>
       </c>
       <c r="I93">
         <v>2014</v>
       </c>
       <c r="J93" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K93" t="s">
         <v>47</v>
       </c>
       <c r="L93" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="M93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P93" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B94" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C94" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D94" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>34</v>
       </c>
       <c r="G94" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H94">
         <v>1987</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K94" t="s">
         <v>47</v>
       </c>
       <c r="L94" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="M94" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="P94" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B95" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C95" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D95" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P95" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B96" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C96" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D96" t="s">
         <v>44</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H96">
         <v>2022</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K96" t="s">
         <v>47</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P96" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B97" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C97" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D97" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2008</v>
       </c>
       <c r="I97">
         <v>2020</v>
       </c>
       <c r="J97" t="s">
         <v>35</v>
       </c>
       <c r="K97" t="s">
         <v>47</v>
       </c>
       <c r="L97" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M97" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="N97" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="O97" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P97" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B98" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C98" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D98" t="s">
         <v>44</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>34</v>
       </c>
       <c r="G98" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H98">
         <v>2014</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K98" t="s">
         <v>47</v>
       </c>
       <c r="L98" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="M98" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B99" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C99" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D99" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G99" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H99">
         <v>2013</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="M99" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B100" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C100" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D100" t="s">
         <v>44</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2012</v>
       </c>
       <c r="I100">
         <v>2017</v>
       </c>
       <c r="J100" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K100" t="s">
         <v>47</v>
       </c>
       <c r="L100" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="M100" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P100" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B101" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C101" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D101" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2002</v>
       </c>
       <c r="I101">
         <v>2007</v>
       </c>
       <c r="J101" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K101" t="s">
         <v>47</v>
       </c>
       <c r="L101" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M101" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P101" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B102" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C102" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D102" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H102">
         <v>2008</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K102" t="s">
         <v>47</v>
       </c>
       <c r="L102" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M102" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P102" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B103" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C103" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D103" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2015</v>
       </c>
       <c r="I103">
         <v>2019</v>
       </c>
       <c r="J103" t="s">
         <v>56</v>
       </c>
       <c r="K103" t="s">
         <v>47</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P103" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B104" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C104" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D104" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H104">
         <v>2015</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K104" t="s">
         <v>47</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="P104" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B105" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C105" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D105" t="s">
         <v>44</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2012</v>
       </c>
       <c r="I105">
         <v>2012</v>
       </c>
       <c r="J105" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K105" t="s">
         <v>47</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P105" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B106" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C106" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D106" t="s">
         <v>44</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H106"/>
+        <v>72</v>
+      </c>
+      <c r="H106">
+        <v>2024</v>
+      </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K106" t="s">
         <v>47</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P106" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B107" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C107" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D107" t="s">
         <v>44</v>
       </c>
       <c r="E107" t="s">
         <v>33</v>
       </c>
       <c r="F107" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G107" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H107">
         <v>2017</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K107" t="s">
         <v>47</v>
       </c>
       <c r="L107" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M107" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P107" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B108" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C108" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D108" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E108" t="s">
         <v>33</v>
       </c>
       <c r="F108" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G108" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H108">
         <v>2015</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="K108" t="s">
         <v>47</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P108" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B109" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C109" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D109" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E109" t="s">
         <v>33</v>
       </c>
       <c r="F109" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G109" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H109">
         <v>2015</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="K109" t="s">
         <v>47</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P109" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B110" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C110" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D110" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E110" t="s">
         <v>33</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H110">
         <v>2015</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P110" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B111" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C111" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D111" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E111" t="s">
         <v>33</v>
       </c>
       <c r="F111" t="s">
         <v>34</v>
       </c>
       <c r="G111" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="M111" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P111" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B112" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C112" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D112" t="s">
         <v>44</v>
       </c>
       <c r="E112" t="s">
         <v>33</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H112">
         <v>2012</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>35</v>
       </c>
       <c r="K112" t="s">
         <v>47</v>
       </c>
       <c r="L112" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M112" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P112" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B113" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C113" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D113" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H113">
         <v>2011</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>35</v>
       </c>
       <c r="K113" t="s">
         <v>47</v>
       </c>
       <c r="L113" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="M113" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="P113" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B114" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C114" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D114" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E114" t="s">
         <v>33</v>
       </c>
       <c r="F114" t="s">
         <v>45</v>
       </c>
       <c r="G114" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H114">
         <v>2014</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K114" t="s">
         <v>47</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="P114" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B115" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C115" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D115" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="E115" t="s">
         <v>33</v>
       </c>
       <c r="F115" t="s">
         <v>45</v>
       </c>
       <c r="G115" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H115">
         <v>2015</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K115" t="s">
         <v>47</v>
       </c>
       <c r="L115" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="M115" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="P115" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B116" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C116" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D116" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E116" t="s">
         <v>33</v>
       </c>
       <c r="F116" t="s">
         <v>45</v>
       </c>
       <c r="G116" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H116">
         <v>2015</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="M116" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P116" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B117" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C117" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D117" t="s">
         <v>44</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>34</v>
       </c>
       <c r="G117" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H117">
         <v>2013</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="K117" t="s">
         <v>47</v>
       </c>
       <c r="L117" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M117" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P117" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B118" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C118" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D118" t="s">
         <v>44</v>
       </c>
       <c r="E118" t="s">
         <v>33</v>
       </c>
       <c r="F118" t="s">
         <v>45</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2010</v>
       </c>
       <c r="I118">
         <v>2017</v>
       </c>
       <c r="J118" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K118" t="s">
         <v>47</v>
       </c>
       <c r="L118" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="M118" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="P118" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B119" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C119" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D119" t="s">
         <v>44</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>34</v>
       </c>
       <c r="G119" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H119">
         <v>2015</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K119" t="s">
         <v>47</v>
       </c>
       <c r="L119" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M119" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P119" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B120" t="s">
         <v>44</v>
       </c>
       <c r="C120" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D120" t="s">
         <v>44</v>
       </c>
       <c r="E120" t="s">
         <v>33</v>
       </c>
       <c r="F120" t="s">
         <v>45</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
       <c r="I120">
         <v>2012</v>
       </c>
       <c r="J120" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K120" t="s">
         <v>47</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P120" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B121" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C121" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D121" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2017</v>
       </c>
       <c r="I121">
         <v>2021</v>
       </c>
       <c r="J121" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K121" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="L121" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M121" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N121" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="O121" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P121" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B122" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C122" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D122" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>34</v>
       </c>
       <c r="G122" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H122">
         <v>2019</v>
       </c>
       <c r="I122">
         <v>2020</v>
       </c>
       <c r="J122" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K122" t="s">
         <v>47</v>
       </c>
       <c r="L122" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M122" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P122" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B123" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C123" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D123" t="s">
         <v>44</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>34</v>
       </c>
       <c r="G123" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H123">
         <v>2017</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
       <c r="L123" t="s">
         <v>48</v>
       </c>
       <c r="M123" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P123" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B124" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C124" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D124" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>34</v>
       </c>
       <c r="G124" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H124">
         <v>2017</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K124" t="s">
         <v>47</v>
       </c>
       <c r="L124" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M124" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P124" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B125" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C125" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D125" t="s">
         <v>44</v>
       </c>
       <c r="E125" t="s">
         <v>33</v>
       </c>
       <c r="F125" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G125" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H125">
         <v>2021</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>56</v>
       </c>
       <c r="K125" t="s">
         <v>47</v>
       </c>
       <c r="L125" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="M125" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="P125" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B126" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C126" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D126" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E126" t="s">
         <v>33</v>
       </c>
       <c r="F126" t="s">
         <v>45</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2003</v>
       </c>
       <c r="I126">
         <v>2012</v>
       </c>
       <c r="J126" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K126" t="s">
         <v>47</v>
       </c>
       <c r="L126" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="M126" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="P126" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B127" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C127" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D127" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="E127" t="s">
         <v>33</v>
       </c>
       <c r="F127" t="s">
         <v>45</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2008</v>
       </c>
       <c r="I127">
         <v>2009</v>
       </c>
       <c r="J127" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M127" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P127" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B128" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C128" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D128" t="s">
         <v>44</v>
       </c>
       <c r="E128" t="s">
         <v>33</v>
       </c>
       <c r="F128" t="s">
         <v>45</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
       <c r="I128">
         <v>2012</v>
       </c>
       <c r="J128" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K128" t="s">
         <v>47</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="P128" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B129" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C129" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D129" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E129" t="s">
         <v>33</v>
       </c>
       <c r="F129" t="s">
         <v>45</v>
       </c>
       <c r="G129" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H129">
         <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K129" t="s">
         <v>47</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="P129" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B130" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C130" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D130" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
       <c r="I130">
         <v>2015</v>
       </c>
       <c r="J130" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M130" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P130" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B131" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C131" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D131" t="s">
         <v>44</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2012</v>
       </c>
       <c r="I131">
         <v>2021</v>
       </c>
       <c r="J131" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K131" t="s">
         <v>47</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="P131" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B132" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C132" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D132" t="s">
         <v>44</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>777</v>
+        <v>55</v>
       </c>
       <c r="H132">
         <v>2012</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="K132" t="s">
         <v>47</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
         <v>778</v>
       </c>
       <c r="P132" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>780</v>
       </c>
       <c r="B133" t="s">
         <v>781</v>
       </c>
       <c r="C133" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D133" t="s">
         <v>44</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K133" t="s">
         <v>47</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
         <v>782</v>
       </c>
       <c r="P133" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
         <v>784</v>
       </c>
       <c r="B134" t="s">
         <v>785</v>
       </c>
       <c r="C134" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D134" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E134" t="s">
         <v>33</v>
       </c>
       <c r="F134" t="s">
         <v>45</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2013</v>
       </c>
       <c r="I134">
         <v>2018</v>
       </c>
       <c r="J134" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K134" t="s">
         <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>786</v>
       </c>
       <c r="M134" t="s">
         <v>787</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
         <v>788</v>
       </c>
       <c r="P134" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>790</v>
       </c>
       <c r="B135" t="s">
         <v>791</v>
       </c>
       <c r="C135" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D135" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E135" t="s">
         <v>33</v>
       </c>
       <c r="F135" t="s">
         <v>45</v>
       </c>
       <c r="G135" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H135">
         <v>2013</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>792</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>793</v>
       </c>
       <c r="M135" t="s">
         <v>787</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>794</v>
       </c>
       <c r="P135" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>796</v>
       </c>
       <c r="B136" t="s">
         <v>797</v>
       </c>
       <c r="C136" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D136" t="s">
         <v>44</v>
       </c>
       <c r="E136" t="s">
         <v>33</v>
       </c>
       <c r="F136" t="s">
         <v>45</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2004</v>
       </c>
       <c r="I136">
         <v>2012</v>
       </c>
       <c r="J136" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K136" t="s">
         <v>47</v>
       </c>
       <c r="L136" t="s">
         <v>798</v>
       </c>
       <c r="M136" t="s">
         <v>787</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
         <v>799</v>
       </c>
       <c r="P136" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
         <v>801</v>
       </c>
       <c r="B137" t="s">
         <v>802</v>
       </c>
       <c r="C137" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D137" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E137" t="s">
         <v>33</v>
       </c>
       <c r="F137" t="s">
         <v>45</v>
       </c>
       <c r="G137" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H137">
         <v>2004</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K137" t="s">
         <v>47</v>
       </c>
       <c r="L137" t="s">
         <v>803</v>
       </c>
       <c r="M137" t="s">
         <v>787</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
         <v>804</v>
       </c>
       <c r="P137" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>806</v>
       </c>
       <c r="B138" t="s">
         <v>807</v>
       </c>
       <c r="C138" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D138" t="s">
         <v>808</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H138">
         <v>2021</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K138" t="s">
         <v>47</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
         <v>809</v>
       </c>
       <c r="P138" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>811</v>
       </c>
       <c r="B139" t="s">
         <v>812</v>
       </c>
       <c r="C139" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D139" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H139">
         <v>2021</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K139" t="s">
         <v>47</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>813</v>
       </c>
       <c r="P139" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>815</v>
       </c>
       <c r="B140" t="s">
         <v>816</v>
       </c>
       <c r="C140" t="s">
         <v>817</v>
       </c>
       <c r="D140" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2011</v>
       </c>
       <c r="I140">
         <v>2011</v>
       </c>
       <c r="J140" t="s">
         <v>56</v>
       </c>
       <c r="K140" t="s">
         <v>47</v>
       </c>
       <c r="L140" t="s">
         <v>818</v>
       </c>
       <c r="M140" t="s">
         <v>819</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
         <v>820</v>
       </c>
       <c r="P140" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>822</v>
       </c>
       <c r="B141" t="s">
         <v>823</v>
       </c>
       <c r="C141" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D141" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E141" t="s">
         <v>33</v>
       </c>
       <c r="F141" t="s">
         <v>45</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2003</v>
       </c>
       <c r="I141">
         <v>2020</v>
       </c>
       <c r="J141" t="s">
         <v>792</v>
       </c>
       <c r="K141" t="s">
         <v>47</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
         <v>824</v>
@@ -9999,254 +10001,254 @@
       </c>
       <c r="P141" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>827</v>
       </c>
       <c r="B142" t="s">
         <v>828</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
         <v>829</v>
       </c>
       <c r="E142" t="s">
         <v>33</v>
       </c>
       <c r="F142" t="s">
         <v>45</v>
       </c>
       <c r="G142" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H142">
         <v>2013</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K142" t="s">
         <v>47</v>
       </c>
       <c r="L142" t="s">
         <v>830</v>
       </c>
       <c r="M142" t="s">
         <v>831</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>832</v>
       </c>
       <c r="P142" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>834</v>
       </c>
       <c r="B143" t="s">
         <v>835</v>
       </c>
       <c r="C143" t="s">
         <v>836</v>
       </c>
       <c r="D143" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E143" t="s">
         <v>33</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2011</v>
       </c>
       <c r="I143">
         <v>2021</v>
       </c>
       <c r="J143" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K143" t="s">
         <v>47</v>
       </c>
       <c r="L143" t="s">
         <v>837</v>
       </c>
       <c r="M143" t="s">
         <v>838</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
         <v>839</v>
       </c>
       <c r="P143" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
         <v>841</v>
       </c>
       <c r="B144" t="s">
         <v>842</v>
       </c>
       <c r="C144" t="s">
         <v>836</v>
       </c>
       <c r="D144" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E144" t="s">
         <v>33</v>
       </c>
       <c r="F144" t="s">
         <v>34</v>
       </c>
       <c r="G144" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H144">
         <v>2021</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K144" t="s">
         <v>47</v>
       </c>
       <c r="L144" t="s">
         <v>843</v>
       </c>
       <c r="M144" t="s">
         <v>838</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>844</v>
       </c>
       <c r="P144" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>846</v>
       </c>
       <c r="B145" t="s">
         <v>847</v>
       </c>
       <c r="C145" t="s">
         <v>836</v>
       </c>
       <c r="D145" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E145" t="s">
         <v>33</v>
       </c>
       <c r="F145" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G145" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H145">
         <v>2021</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K145" t="s">
         <v>47</v>
       </c>
       <c r="L145" t="s">
         <v>843</v>
       </c>
       <c r="M145" t="s">
         <v>838</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
         <v>848</v>
       </c>
       <c r="P145" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
         <v>850</v>
       </c>
       <c r="B146" t="s">
         <v>851</v>
       </c>
       <c r="C146" t="s">
         <v>836</v>
       </c>
       <c r="D146" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E146" t="s">
         <v>33</v>
       </c>
       <c r="F146" t="s">
         <v>34</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2002</v>
       </c>
       <c r="I146">
         <v>2021</v>
       </c>
       <c r="J146" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K146" t="s">
         <v>47</v>
       </c>
       <c r="L146" t="s">
         <v>852</v>
       </c>
       <c r="M146" t="s">
         <v>838</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
         <v>853</v>
       </c>
       <c r="P146" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
         <v>855</v>
       </c>
       <c r="B147" t="s">
@@ -10284,265 +10286,265 @@
       </c>
       <c r="M147" t="s">
         <v>838</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
         <v>859</v>
       </c>
       <c r="P147" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
         <v>861</v>
       </c>
       <c r="B148" t="s">
         <v>862</v>
       </c>
       <c r="C148" t="s">
         <v>863</v>
       </c>
       <c r="D148" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G148" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H148">
         <v>2016</v>
       </c>
       <c r="I148">
         <v>2018</v>
       </c>
       <c r="J148" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K148" t="s">
         <v>47</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
         <v>864</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
         <v>865</v>
       </c>
       <c r="P148" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
         <v>867</v>
       </c>
       <c r="B149" t="s">
         <v>868</v>
       </c>
       <c r="C149" t="s">
         <v>863</v>
       </c>
       <c r="D149" t="s">
         <v>44</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2016</v>
       </c>
       <c r="I149">
         <v>2019</v>
       </c>
       <c r="J149" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="K149" t="s">
         <v>47</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
         <v>864</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
         <v>869</v>
       </c>
       <c r="P149" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
         <v>871</v>
       </c>
       <c r="B150" t="s">
         <v>872</v>
       </c>
       <c r="C150" t="s">
         <v>873</v>
       </c>
       <c r="D150" t="s">
         <v>874</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2012</v>
       </c>
       <c r="I150">
         <v>2014</v>
       </c>
       <c r="J150" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="K150" t="s">
         <v>47</v>
       </c>
       <c r="L150" t="s">
         <v>875</v>
       </c>
       <c r="M150" t="s">
         <v>876</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
         <v>877</v>
       </c>
       <c r="P150" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
         <v>879</v>
       </c>
       <c r="B151" t="s">
         <v>880</v>
       </c>
       <c r="C151" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D151" t="s">
         <v>881</v>
       </c>
       <c r="E151" t="s">
         <v>33</v>
       </c>
       <c r="F151" t="s">
         <v>34</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2015</v>
       </c>
       <c r="I151">
         <v>2016</v>
       </c>
       <c r="J151" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K151" t="s">
         <v>882</v>
       </c>
       <c r="L151" t="s">
         <v>883</v>
       </c>
       <c r="M151" t="s">
         <v>884</v>
       </c>
       <c r="N151" t="s">
         <v>885</v>
       </c>
       <c r="O151" t="s">
         <v>886</v>
       </c>
       <c r="P151" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
         <v>888</v>
       </c>
       <c r="B152" t="s">
         <v>889</v>
       </c>
       <c r="C152" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D152" t="s">
         <v>890</v>
       </c>
       <c r="E152" t="s">
         <v>33</v>
       </c>
       <c r="F152" t="s">
         <v>45</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2011</v>
       </c>
       <c r="I152">
         <v>2017</v>
       </c>
       <c r="J152" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K152" t="s">
         <v>882</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
         <v>891</v>
       </c>
       <c r="N152" t="s">
         <v>885</v>
       </c>
       <c r="O152" t="s">
         <v>892</v>
       </c>
       <c r="P152" t="s">
         <v>893</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>