--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,878 +12,1194 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1147,2443 +1463,2776 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>91</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>106</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>109</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>109</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>128</v>
+      </c>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>34</v>
       </c>
-    </row>
-[...648 lines deleted...]
-        <v>2007</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2007</v>
       </c>
-      <c r="I19" t="s">
-        <v>98</v>
+      <c r="I19">
+        <v>2007</v>
       </c>
       <c r="J19" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="K19" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="N19" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H20">
         <v>2008</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>131</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>129</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>147</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>155</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>160</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>59</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
+      <c r="M23" t="s">
+        <v>162</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>59</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1992</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>52</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>169</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>52</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>169</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1998</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>52</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>186</v>
+      </c>
+      <c r="M27" t="s">
+        <v>169</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>191</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>192</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1989</v>
+      </c>
+      <c r="I28">
+        <v>1991</v>
+      </c>
+      <c r="J28" t="s">
+        <v>129</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>114</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>192</v>
+      </c>
+      <c r="G29" t="s">
+        <v>77</v>
+      </c>
+      <c r="H29">
+        <v>1990</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>129</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>198</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>129</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>131</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>129</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>147</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>129</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>211</v>
+      </c>
+      <c r="M32" t="s">
+        <v>131</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>212</v>
+      </c>
+      <c r="P32" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>214</v>
+      </c>
+      <c r="B33" t="s">
+        <v>215</v>
+      </c>
+      <c r="C33" t="s">
+        <v>128</v>
+      </c>
+      <c r="D33" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>77</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>129</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>214</v>
+      </c>
+      <c r="M33" t="s">
+        <v>131</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>216</v>
+      </c>
+      <c r="P33" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" t="s">
+        <v>220</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>223</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>229</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>230</v>
+      </c>
+      <c r="G35" t="s">
+        <v>77</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>231</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>233</v>
+      </c>
+      <c r="P35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" t="s">
+        <v>236</v>
+      </c>
+      <c r="C36" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>230</v>
+      </c>
+      <c r="G36" t="s">
+        <v>77</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>231</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" t="s">
+        <v>242</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>192</v>
+      </c>
+      <c r="G37" t="s">
+        <v>77</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>231</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>232</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>191</v>
+      </c>
+      <c r="D38" t="s">
+        <v>247</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>77</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>129</v>
+      </c>
+      <c r="K38" t="s">
+        <v>248</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>250</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>192</v>
+      </c>
+      <c r="G39" t="s">
+        <v>77</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>256</v>
+      </c>
+      <c r="M39" t="s">
+        <v>257</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>260</v>
+      </c>
+      <c r="B40" t="s">
+        <v>260</v>
+      </c>
+      <c r="C40" t="s">
+        <v>261</v>
+      </c>
+      <c r="D40" t="s">
+        <v>262</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>77</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>92</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>263</v>
+      </c>
+      <c r="M40" t="s">
+        <v>264</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>261</v>
+      </c>
+      <c r="D41" t="s">
+        <v>269</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>77</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>92</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>270</v>
+      </c>
+      <c r="M41" t="s">
+        <v>264</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>271</v>
+      </c>
+      <c r="P41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" t="s">
+        <v>274</v>
+      </c>
+      <c r="C42" t="s">
+        <v>275</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>276</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>277</v>
+      </c>
+      <c r="M42" t="s">
+        <v>278</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>281</v>
+      </c>
+      <c r="B43" t="s">
+        <v>33</v>
+      </c>
+      <c r="C43" t="s">
         <v>106</v>
       </c>
-      <c r="L20" t="s">
-[...952 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-        <v>83</v>
+      <c r="I43">
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="N43" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>282</v>
+      </c>
+      <c r="P43" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="B44" t="s">
-        <v>205</v>
+        <v>285</v>
       </c>
       <c r="C44" t="s">
-        <v>28</v>
+        <v>286</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E44" t="s">
-        <v>206</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>287</v>
+      </c>
+      <c r="G44" t="s">
+        <v>77</v>
+      </c>
+      <c r="H44">
         <v>2021</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="K44" t="s">
-        <v>207</v>
+        <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>208</v>
+        <v>288</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>289</v>
       </c>
       <c r="N44" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>290</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>210</v>
+        <v>292</v>
       </c>
       <c r="B45" t="s">
-        <v>211</v>
+        <v>293</v>
       </c>
       <c r="C45" t="s">
-        <v>92</v>
+        <v>294</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2003</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2012</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>31</v>
+        <v>276</v>
       </c>
       <c r="K45" t="s">
-        <v>212</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>213</v>
+        <v>295</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>296</v>
       </c>
       <c r="N45" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>297</v>
+      </c>
+      <c r="P45" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>215</v>
+        <v>299</v>
       </c>
       <c r="B46" t="s">
-        <v>211</v>
+        <v>300</v>
       </c>
       <c r="C46" t="s">
-        <v>216</v>
+        <v>294</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>301</v>
       </c>
       <c r="E46" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2008</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2009</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>31</v>
+        <v>276</v>
       </c>
       <c r="K46" t="s">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>213</v>
+        <v>302</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>296</v>
       </c>
       <c r="N46" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>219</v>
+        <v>305</v>
       </c>
       <c r="B47" t="s">
-        <v>220</v>
+        <v>306</v>
       </c>
       <c r="C47" t="s">
-        <v>28</v>
+        <v>307</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>83</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>308</v>
       </c>
       <c r="N47" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>223</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>59</v>
+        <v>152</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E48" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2018</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
       <c r="K48" t="s">
-        <v>224</v>
+        <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>225</v>
+        <v>313</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>314</v>
       </c>
       <c r="N48" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>227</v>
+        <v>317</v>
       </c>
       <c r="B49" t="s">
-        <v>113</v>
+        <v>318</v>
       </c>
       <c r="C49" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E49" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2004</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2012</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
       <c r="K49" t="s">
-        <v>228</v>
+        <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>225</v>
+        <v>319</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>314</v>
       </c>
       <c r="N49" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>320</v>
+      </c>
+      <c r="P49" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>322</v>
+      </c>
+      <c r="B50" t="s">
+        <v>323</v>
+      </c>
+      <c r="C50" t="s">
+        <v>152</v>
+      </c>
+      <c r="D50" t="s">
+        <v>107</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>77</v>
+      </c>
+      <c r="H50">
+        <v>2004</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>153</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>324</v>
+      </c>
+      <c r="M50" t="s">
+        <v>314</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>325</v>
+      </c>
+      <c r="P50" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>327</v>
+      </c>
+      <c r="B51" t="s">
+        <v>328</v>
+      </c>
+      <c r="C51" t="s">
+        <v>160</v>
+      </c>
+      <c r="D51" t="s">
+        <v>44</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>329</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>330</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>331</v>
+      </c>
+      <c r="P51" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>333</v>
+      </c>
+      <c r="B52" t="s">
+        <v>334</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>335</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>77</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>52</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>336</v>
+      </c>
+      <c r="M52" t="s">
+        <v>337</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>338</v>
+      </c>
+      <c r="P52" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>340</v>
+      </c>
+      <c r="B53" t="s">
+        <v>341</v>
+      </c>
+      <c r="C53" t="s">
+        <v>342</v>
+      </c>
+      <c r="D53" t="s">
+        <v>44</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>343</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>344</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>345</v>
+      </c>
+      <c r="M53" t="s">
+        <v>346</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>347</v>
+      </c>
+      <c r="P53" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>349</v>
+      </c>
+      <c r="B54" t="s">
+        <v>350</v>
+      </c>
+      <c r="C54" t="s">
+        <v>342</v>
+      </c>
+      <c r="D54" t="s">
+        <v>44</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>230</v>
       </c>
-      <c r="B50" t="s">
-[...140 lines deleted...]
-      <c r="G53">
+      <c r="G54" t="s">
+        <v>77</v>
+      </c>
+      <c r="H54">
         <v>2021</v>
       </c>
-      <c r="H53"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>31</v>
+        <v>344</v>
       </c>
       <c r="K54" t="s">
-        <v>246</v>
+        <v>36</v>
       </c>
       <c r="L54" t="s">
-        <v>247</v>
+        <v>345</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N54" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>351</v>
+      </c>
+      <c r="P54" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>251</v>
+        <v>353</v>
       </c>
       <c r="B55" t="s">
-        <v>243</v>
+        <v>354</v>
       </c>
       <c r="C55" t="s">
-        <v>28</v>
+        <v>342</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2012</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2015</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>31</v>
+        <v>355</v>
       </c>
       <c r="K55" t="s">
-        <v>253</v>
+        <v>36</v>
       </c>
       <c r="L55" t="s">
-        <v>247</v>
+        <v>356</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N55" t="s">
-        <v>254</v>
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>