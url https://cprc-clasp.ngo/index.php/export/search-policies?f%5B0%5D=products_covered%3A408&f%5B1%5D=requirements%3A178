--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,434 +12,573 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -703,1123 +842,1268 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...28 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...6 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
-[...25 lines deleted...]
-      <c r="F5" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>78</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...6 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...165 lines deleted...]
-      <c r="I9" t="s">
+      <c r="G12" t="s">
         <v>49</v>
-      </c>
-[...122 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>68</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>96</v>
+      </c>
+      <c r="M15" t="s">
+        <v>68</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
         <v>49</v>
       </c>
-      <c r="J12" t="s">
+      <c r="H16"/>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>68</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...28 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>66</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G13">
-[...6 lines deleted...]
-      <c r="J13" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...161 lines deleted...]
-      <c r="I17" t="s">
+      <c r="G18" t="s">
         <v>49</v>
-      </c>
-[...34 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>80</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
+        <v>115</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" t="s">
+        <v>114</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...29 lines deleted...]
-      <c r="G19">
+      <c r="G19" t="s">
+        <v>49</v>
+      </c>
+      <c r="H19">
         <v>1996</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2010</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
+        <v>120</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>127</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>128</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>130</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>135</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...26 lines deleted...]
-      <c r="F20" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>136</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>137</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G20">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>49</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
         <v>2014</v>
       </c>
-      <c r="H20"/>
-[...3 lines deleted...]
-      <c r="J20" t="s">
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...38 lines deleted...]
-      <c r="J21" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>143</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>145</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>154</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...115 lines deleted...]
-      <c r="G24">
+      <c r="G24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H24">
         <v>2012</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2017</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N24" t="s">
-        <v>112</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>