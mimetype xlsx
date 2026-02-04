--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,380 +12,482 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...2 lines deleted...]
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,771 +751,864 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2009</v>
+      </c>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...22 lines deleted...]
-        <v>28</v>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>115</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15"/>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F16" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" t="s">
         <v>41</v>
       </c>
-      <c r="D5" t="s">
-[...128 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="F8" t="s">
-[...349 lines deleted...]
-      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>