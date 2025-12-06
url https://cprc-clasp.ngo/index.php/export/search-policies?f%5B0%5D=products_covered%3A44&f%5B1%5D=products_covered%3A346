--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,392 +12,484 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -661,737 +753,830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="641.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>25</v>
       </c>
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
         <v>2013</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>96</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>99</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>105</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2009</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G14" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>55</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...130 lines deleted...]
-      <c r="F7" t="s">
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
         <v>25</v>
       </c>
-      <c r="G7">
-[...361 lines deleted...]
-        <v>100</v>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>