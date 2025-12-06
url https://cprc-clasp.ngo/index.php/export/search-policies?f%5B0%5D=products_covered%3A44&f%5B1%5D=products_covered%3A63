--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,456 +12,578 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -725,943 +847,1066 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="641.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1985</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="H10">
+        <v>1990</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>47</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...6 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>47</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>55</v>
+      </c>
+      <c r="M13" t="s">
+        <v>41</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>94</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>125</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>128</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17">
         <v>2008</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I17">
+        <v>2009</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>41</v>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...15 lines deleted...]
-      <c r="F6" t="s">
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...15 lines deleted...]
-      <c r="M6" t="s">
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="N6" t="s">
-[...316 lines deleted...]
-      <c r="G14">
+      <c r="H20">
         <v>2015</v>
       </c>
-      <c r="H14"/>
-[...256 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>157</v>
       </c>
       <c r="K20" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>115</v>
+        <v>158</v>
       </c>
       <c r="M20" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
-        <v>120</v>
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>