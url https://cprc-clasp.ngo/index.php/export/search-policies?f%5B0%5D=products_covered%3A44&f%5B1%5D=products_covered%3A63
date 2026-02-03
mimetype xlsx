--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -199,50 +199,53 @@
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
     <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
   </si>
   <si>
@@ -1175,702 +1178,702 @@
       </c>
       <c r="P6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>60</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H8">
         <v>2002</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>25</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1985</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>47</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1990</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>47</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>39</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>47</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N11" t="s">
         <v>25</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
         <v>40</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>25</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>40</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>55</v>
       </c>
       <c r="M13" t="s">
         <v>41</v>
       </c>
       <c r="N13" t="s">
         <v>25</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>25</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N15" t="s">
         <v>25</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2009</v>
       </c>
       <c r="J17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N17" t="s">
         <v>25</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>25</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>25</v>
       </c>
       <c r="O19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="F20" t="s">
         <v>54</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N20" t="s">
         <v>25</v>
       </c>
       <c r="O20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">