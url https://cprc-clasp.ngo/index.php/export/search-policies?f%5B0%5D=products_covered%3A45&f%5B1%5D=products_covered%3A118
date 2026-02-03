--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,361 +12,460 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -630,775 +729,874 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="478.883" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>41</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>40</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...568 lines deleted...]
-        <v>89</v>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>