--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,416 +12,513 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -685,781 +782,880 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...26 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...97 lines deleted...]
-        <v>2012</v>
+      <c r="G6" t="s">
+        <v>51</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>49</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>45</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G16" t="s">
         <v>51</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...55 lines deleted...]
-      <c r="D8" t="s">
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="E8" t="s">
-[...359 lines deleted...]
-        <v>102</v>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>