--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,331 +12,389 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -600,531 +658,594 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...13 lines deleted...]
-      <c r="D3" t="s">
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...321 lines deleted...]
-        <v>75</v>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>