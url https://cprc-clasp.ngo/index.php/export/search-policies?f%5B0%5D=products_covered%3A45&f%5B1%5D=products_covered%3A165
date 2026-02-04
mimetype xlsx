--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -210,50 +210,53 @@
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
@@ -996,220 +999,220 @@
       </c>
       <c r="P6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2018</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>49</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">