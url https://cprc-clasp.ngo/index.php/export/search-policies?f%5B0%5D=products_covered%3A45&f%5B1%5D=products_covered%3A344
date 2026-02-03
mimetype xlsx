--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -257,69 +257,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
     <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
     <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
@@ -1151,51 +1151,51 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
         <v>87</v>
       </c>
       <c r="P9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>89</v>