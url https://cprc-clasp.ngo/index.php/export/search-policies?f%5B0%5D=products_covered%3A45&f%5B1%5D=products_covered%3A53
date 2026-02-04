--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,388 +12,473 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -657,695 +742,782 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>75</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>90</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>75</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>75</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>109</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>49</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...488 lines deleted...]
-        <v>98</v>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>