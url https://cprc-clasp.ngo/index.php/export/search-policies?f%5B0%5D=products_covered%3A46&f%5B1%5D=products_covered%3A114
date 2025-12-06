--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,551 +12,715 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -820,1239 +984,1404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>35</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>82</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>83</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>147</v>
+      </c>
+      <c r="G20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>149</v>
+      </c>
+      <c r="L20" t="s">
+        <v>150</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>152</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F21" t="s">
+        <v>147</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>157</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>158</v>
+      </c>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>72</v>
+      </c>
+      <c r="F22" t="s">
+        <v>73</v>
+      </c>
+      <c r="G22" t="s">
+        <v>61</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...293 lines deleted...]
-      <c r="A10" t="s">
+      <c r="G23" t="s">
         <v>61</v>
-      </c>
-[...570 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>57</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>72</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>108</v>
+      </c>
+      <c r="K24" t="s">
+        <v>180</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>72</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...28 lines deleted...]
-      <c r="F24" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>108</v>
+      </c>
+      <c r="K25" t="s">
+        <v>186</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G24">
+      <c r="E26" t="s">
+        <v>72</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2022</v>
       </c>
-      <c r="H24"/>
-[...84 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K26" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>146</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>198</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>147</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27">
+      <c r="G27" t="s">
+        <v>61</v>
+      </c>
+      <c r="H27">
         <v>2012</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2014</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="K27" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>150</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
-        <v>151</v>
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>