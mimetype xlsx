--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,615 +12,796 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -884,1421 +1065,1610 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>69</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>38</v>
+      </c>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>97</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" t="s">
+        <v>136</v>
+      </c>
+      <c r="G17" t="s">
+        <v>137</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>97</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>62</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>80</v>
+      </c>
+      <c r="C23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>82</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>83</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" t="s">
+        <v>179</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>136</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...59 lines deleted...]
-      <c r="B6" t="s">
+      <c r="J24" t="s">
+        <v>90</v>
+      </c>
+      <c r="K24" t="s">
+        <v>180</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>183</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>188</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>189</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>190</v>
+      </c>
+      <c r="M25" t="s">
+        <v>191</v>
+      </c>
+      <c r="N25" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...363 lines deleted...]
-      <c r="K14" t="s">
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" t="s">
+        <v>196</v>
+      </c>
+      <c r="D26" t="s">
         <v>33</v>
       </c>
-      <c r="L14" t="s">
-[...485 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
-      <c r="I26" t="s">
-        <v>51</v>
+      <c r="I26">
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
+        <v>62</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>197</v>
+      </c>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>203</v>
+      </c>
+      <c r="D27" t="s">
+        <v>204</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>136</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>189</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
         <v>32</v>
       </c>
-      <c r="K26" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>211</v>
       </c>
       <c r="E28" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F28" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>61</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
         <v>2017</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="N28" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>160</v>
+        <v>214</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>215</v>
       </c>
       <c r="C29" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>49</v>
+        <v>216</v>
       </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2015</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2016</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="K29" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="L29" t="s">
-        <v>163</v>
+        <v>217</v>
       </c>
       <c r="M29" t="s">
-        <v>41</v>
+        <v>218</v>
       </c>
       <c r="N29" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>221</v>
       </c>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="C30" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="D30" t="s">
-        <v>49</v>
+        <v>223</v>
       </c>
       <c r="E30" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>61</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2011</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2017</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>41</v>
+        <v>224</v>
       </c>
       <c r="N30" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>169</v>
+        <v>227</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="C31" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E31" t="s">
-        <v>170</v>
+        <v>60</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>229</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
-      <c r="I31" t="s">
-        <v>71</v>
+      <c r="I31">
+        <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="K31" t="s">
-        <v>171</v>
+        <v>46</v>
       </c>
       <c r="L31" t="s">
-        <v>172</v>
+        <v>230</v>
       </c>
       <c r="M31" t="s">
-        <v>41</v>
+        <v>231</v>
       </c>
       <c r="N31" t="s">
-        <v>173</v>
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>232</v>
+      </c>
+      <c r="P31" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>