--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,694 +12,907 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -963,1671 +1176,1894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...50 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G4" t="s">
         <v>35</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K4"/>
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
       <c r="L4"/>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M4"/>
       <c r="N4" t="s">
         <v>39</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2002</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>65</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>87</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
         <v>34</v>
       </c>
-      <c r="N5" t="s">
-[...19 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>122</v>
+      </c>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
         <v>51</v>
       </c>
-      <c r="G6"/>
-[...1 lines deleted...]
-      <c r="I6" t="s">
+      <c r="F15" t="s">
         <v>52</v>
       </c>
-      <c r="J6" t="s">
-[...54 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>72</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
         <v>61</v>
       </c>
-      <c r="B8" t="s">
-[...205 lines deleted...]
-      <c r="N12" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>86</v>
       </c>
-    </row>
-[...148 lines deleted...]
-        <v>2012</v>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>58</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...5 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>94</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>77</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1981</v>
+      </c>
+      <c r="I20">
+        <v>2002</v>
+      </c>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>158</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>71</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>72</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>157</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>53</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>183</v>
+      </c>
+      <c r="H25">
+        <v>1997</v>
+      </c>
+      <c r="I25">
+        <v>2005</v>
+      </c>
+      <c r="J25" t="s">
+        <v>63</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>60</v>
+      </c>
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2025</v>
+      </c>
+      <c r="J26" t="s">
+        <v>189</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>191</v>
+      </c>
+      <c r="P26" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>193</v>
+      </c>
+      <c r="B27" t="s">
+        <v>194</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>86</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>200</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>201</v>
+      </c>
+      <c r="M28" t="s">
+        <v>79</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>34</v>
       </c>
-      <c r="N16" t="s">
-[...31 lines deleted...]
-      <c r="J17" t="s">
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>207</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" t="s">
+        <v>215</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>86</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30">
+        <v>2021</v>
+      </c>
+      <c r="J30" t="s">
+        <v>78</v>
+      </c>
+      <c r="K30" t="s">
+        <v>216</v>
+      </c>
+      <c r="L30" t="s">
+        <v>217</v>
+      </c>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>223</v>
+      </c>
+      <c r="D31" t="s">
+        <v>224</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
+        <v>225</v>
+      </c>
+      <c r="K31" t="s">
+        <v>226</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>227</v>
+      </c>
+      <c r="N31" t="s">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>60</v>
+      </c>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1999</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>207</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>232</v>
+      </c>
+      <c r="M32" t="s">
+        <v>233</v>
+      </c>
+      <c r="N32" t="s">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s">
+        <v>234</v>
+      </c>
+      <c r="P32" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>236</v>
+      </c>
+      <c r="B33" t="s">
+        <v>237</v>
+      </c>
+      <c r="C33" t="s">
+        <v>60</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>207</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>238</v>
+      </c>
+      <c r="M33" t="s">
+        <v>233</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>207</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>243</v>
+      </c>
+      <c r="M34" t="s">
+        <v>233</v>
+      </c>
+      <c r="N34" t="s">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
+        <v>244</v>
+      </c>
+      <c r="P34" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>246</v>
+      </c>
+      <c r="B35" t="s">
+        <v>247</v>
+      </c>
+      <c r="C35" t="s">
+        <v>248</v>
+      </c>
+      <c r="D35" t="s">
+        <v>249</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>226</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>250</v>
+      </c>
+      <c r="N35" t="s">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
+        <v>251</v>
+      </c>
+      <c r="P35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" t="s">
+        <v>255</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...788 lines deleted...]
-        <v>2011</v>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
-      <c r="I36" t="s">
-        <v>44</v>
+      <c r="I36">
+        <v>2011</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K36" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="M36" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="N36" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>193</v>
+        <v>260</v>
       </c>
       <c r="B37" t="s">
-        <v>194</v>
+        <v>261</v>
       </c>
       <c r="C37" t="s">
-        <v>195</v>
+        <v>262</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>86</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2012</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="K37" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>197</v>
+        <v>264</v>
       </c>
       <c r="M37" t="s">
-        <v>34</v>
+        <v>265</v>
       </c>
       <c r="N37" t="s">
-        <v>198</v>
+        <v>39</v>
+      </c>
+      <c r="O37" t="s">
+        <v>266</v>
+      </c>
+      <c r="P37" t="s">
+        <v>267</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>