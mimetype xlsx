--- v0 (2025-10-09)
+++ v1 (2026-02-03)
@@ -12,608 +12,781 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -877,1383 +1050,1564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N30"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>60</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>128</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>68</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>77</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>68</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>165</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>170</v>
+      </c>
+      <c r="D23" t="s">
+        <v>171</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G23" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>150</v>
+      </c>
+      <c r="K23" t="s">
+        <v>172</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>128</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>187</v>
+      </c>
+      <c r="D25" t="s">
+        <v>188</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>128</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>189</v>
+      </c>
+      <c r="K25" t="s">
+        <v>190</v>
+      </c>
+      <c r="L25" t="s">
+        <v>191</v>
+      </c>
+      <c r="M25" t="s">
+        <v>192</v>
+      </c>
+      <c r="N25" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...20 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>195</v>
+      </c>
+      <c r="B26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>198</v>
+      </c>
+      <c r="M26" t="s">
+        <v>199</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
+        <v>203</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>197</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>204</v>
+      </c>
+      <c r="M27" t="s">
+        <v>199</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>179</v>
+      </c>
+      <c r="D28" t="s">
+        <v>209</v>
+      </c>
+      <c r="E28" t="s">
+        <v>58</v>
+      </c>
+      <c r="F28" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>197</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>210</v>
+      </c>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>215</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...1046 lines deleted...]
-        <v>2011</v>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
-      <c r="I29" t="s">
-        <v>55</v>
+      <c r="I29">
+        <v>2011</v>
       </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K29" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>163</v>
+        <v>216</v>
       </c>
       <c r="M29" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="N29" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
+        <v>218</v>
+      </c>
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>165</v>
+        <v>220</v>
       </c>
       <c r="B30" t="s">
-        <v>166</v>
+        <v>221</v>
       </c>
       <c r="C30" t="s">
-        <v>167</v>
+        <v>222</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E30" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>128</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2012</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2014</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="K30" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>169</v>
+        <v>224</v>
       </c>
       <c r="M30" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="N30" t="s">
-        <v>170</v>
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
+        <v>226</v>
+      </c>
+      <c r="P30" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>