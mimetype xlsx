--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,669 +12,896 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -938,1715 +1165,1944 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" t="s">
+        <v>68</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>103</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>111</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>82</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>43</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>147</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>149</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>67</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...222 lines deleted...]
-      <c r="F8" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>96</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
+      <c r="E23" t="s">
+        <v>67</v>
+      </c>
+      <c r="F23" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
         <v>2010</v>
       </c>
-      <c r="H8">
-[...37 lines deleted...]
-      <c r="F9" t="s">
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>96</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...411 lines deleted...]
-      <c r="A19" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>102</v>
       </c>
-      <c r="B19" t="s">
-[...229 lines deleted...]
-        <v>2002</v>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>72</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
+        <v>95</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>167</v>
+      </c>
+      <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...25 lines deleted...]
-      <c r="E25" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>69</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>175</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>181</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>182</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
         <v>18</v>
       </c>
-      <c r="F25" t="s">
+      <c r="D27" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>188</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>82</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>93</v>
+      </c>
+      <c r="C29" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>95</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>96</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
         <v>19</v>
       </c>
-      <c r="G25">
-[...8 lines deleted...]
-      <c r="J25" t="s">
+      <c r="E30" t="s">
+        <v>67</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...36 lines deleted...]
-      <c r="J26" t="s">
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>187</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>202</v>
+      </c>
+      <c r="M30" t="s">
+        <v>203</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>201</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...36 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2003</v>
+      </c>
+      <c r="I31">
+        <v>2005</v>
+      </c>
+      <c r="J31" t="s">
+        <v>82</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>67</v>
+      </c>
+      <c r="F32" t="s">
+        <v>215</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>216</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>222</v>
+      </c>
+      <c r="D33" t="s">
+        <v>223</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>102</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33">
+        <v>2021</v>
+      </c>
+      <c r="J33" t="s">
+        <v>224</v>
+      </c>
+      <c r="K33" t="s">
+        <v>225</v>
+      </c>
+      <c r="L33" t="s">
+        <v>226</v>
+      </c>
+      <c r="M33" t="s">
+        <v>227</v>
+      </c>
+      <c r="N33" t="s">
+        <v>51</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>230</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>232</v>
+      </c>
+      <c r="D34" t="s">
+        <v>233</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...2 lines deleted...]
-      <c r="L27" t="s">
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
         <v>23</v>
       </c>
-      <c r="M27" t="s">
-[...34 lines deleted...]
-      <c r="J28" t="s">
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>234</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>235</v>
+      </c>
+      <c r="P34" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>237</v>
+      </c>
+      <c r="B35" t="s">
+        <v>238</v>
+      </c>
+      <c r="C35" t="s">
+        <v>101</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>67</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>82</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>239</v>
+      </c>
+      <c r="M35" t="s">
+        <v>105</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>244</v>
+      </c>
+      <c r="D36" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" t="s">
+        <v>67</v>
+      </c>
+      <c r="F36" t="s">
+        <v>68</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>245</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>246</v>
+      </c>
+      <c r="M36" t="s">
+        <v>247</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>250</v>
+      </c>
+      <c r="B37" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>252</v>
+      </c>
+      <c r="D37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K28"/>
-[...364 lines deleted...]
-        <v>2011</v>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
-      <c r="I37" t="s">
-        <v>63</v>
+      <c r="I37">
+        <v>2011</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="K37" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>184</v>
+        <v>253</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>254</v>
       </c>
       <c r="N37" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>255</v>
+      </c>
+      <c r="P37" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>186</v>
+        <v>257</v>
       </c>
       <c r="B38" t="s">
-        <v>187</v>
+        <v>258</v>
       </c>
       <c r="C38" t="s">
-        <v>188</v>
+        <v>259</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>260</v>
       </c>
       <c r="E38" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>102</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2014</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>245</v>
       </c>
       <c r="K38" t="s">
-        <v>189</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>190</v>
+        <v>261</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="N38" t="s">
-        <v>191</v>
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>